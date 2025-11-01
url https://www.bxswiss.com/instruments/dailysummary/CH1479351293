--- v0 (2025-10-07)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b8eb12004634532" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1147c1e7b0043a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38c1143304124d98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37830bb0c63d4cf9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0008bc60e38848a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38c1143304124d98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c6fc7a151db4825" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37830bb0c63d4cf9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351293</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,615</x:t>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,485</x:t>
-[...21 lines deleted...]
-          <x:t>2,445</x:t>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,545</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>2,465</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,545</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>2,555</x:t>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,405</x:t>
-[...16 lines deleted...]
-          <x:t>2,515</x:t>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,235</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,235</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>2,135</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>