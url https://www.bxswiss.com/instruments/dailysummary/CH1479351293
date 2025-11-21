--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1147c1e7b0043a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a706e02bfc2491c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37830bb0c63d4cf9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7b87043246247ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c6fc7a151db4825" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37830bb0c63d4cf9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec2c5a5208dc4104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7b87043246247ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351293</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>2,555</x:t>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,405</x:t>
-[...6 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,235</x:t>
-[...65 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,215</x:t>
+          <x:t>2,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,075</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...89 lines deleted...]
-          <x:t>10.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,355</x:t>
-[...21 lines deleted...]
-          <x:t>2,265</x:t>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,305</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>14.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,545</x:t>
-[...360 lines deleted...]
-          <x:t>2,365</x:t>
+          <x:t>2,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>