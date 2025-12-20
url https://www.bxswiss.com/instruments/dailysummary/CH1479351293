--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a706e02bfc2491c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra49ae5262ebc4849" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7b87043246247ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree8bd4f45f4349f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec2c5a5208dc4104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7b87043246247ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd07ad6b39c4c44e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree8bd4f45f4349f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351293</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>2,425</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,165</x:t>
-[...620 lines deleted...]
-          <x:t>2,850</x:t>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,894</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>