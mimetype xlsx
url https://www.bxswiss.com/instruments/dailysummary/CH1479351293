--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra49ae5262ebc4849" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0509c12a7ded46b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree8bd4f45f4349f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5343ee5dca2c4087"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd07ad6b39c4c44e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree8bd4f45f4349f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R553996caea8d4c3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5343ee5dca2c4087" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351293</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...419 lines deleted...]
-          <x:t>2,066</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,094</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>2,112</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,094</x:t>
-[...26 lines deleted...]
-          <x:t>1,929</x:t>
+          <x:t>2,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,986</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>12.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,089</x:t>
-[...144 lines deleted...]
-          <x:t>1,894</x:t>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>