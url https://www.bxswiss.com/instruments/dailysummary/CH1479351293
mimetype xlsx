--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0509c12a7ded46b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra544d4fd28164588" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5343ee5dca2c4087"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R950404a767444632"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R553996caea8d4c3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5343ee5dca2c4087" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6f1dd9267dd4f4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R950404a767444632" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351293</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>2,044</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,983</x:t>
-[...249 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>1,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,571</x:t>
-[...26 lines deleted...]
-          <x:t>1,512</x:t>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,472</x:t>
-[...53 lines deleted...]
-          <x:t>1,418</x:t>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>