--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra544d4fd28164588" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rede1b12b95d24d35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R950404a767444632"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1e70dc2c66042f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6f1dd9267dd4f4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R950404a767444632" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbca299aa3e9c4cac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1e70dc2c66042f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351293</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>1,618</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,576</x:t>
-[...16 lines deleted...]
-          <x:t>1,608</x:t>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,509</x:t>
-[...6 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,549</x:t>
-[...242 lines deleted...]
-          <x:t>1,621</x:t>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,435</x:t>
-[...242 lines deleted...]
-          <x:t>1,359</x:t>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>