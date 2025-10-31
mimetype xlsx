--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc99854c64fe84bb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R052f6c0a9d724700" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra985c9e02d694684"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09b13b5d6f724ccb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59f41f5b403b45aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra985c9e02d694684" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8010a7f8b1fd4929" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09b13b5d6f724ccb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351277</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,475</x:t>
-[...4 lines deleted...]
-          <x:t>2,315</x:t>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,405</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>2,325</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,405</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>2,445</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,405</x:t>
-[...205 lines deleted...]
-          <x:t>2,375</x:t>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,115</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>1,955</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,945</x:t>
-[...58 lines deleted...]
-          <x:t>2,045</x:t>
+          <x:t>2,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>