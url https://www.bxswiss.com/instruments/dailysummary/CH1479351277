--- v1 (2025-10-31)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R052f6c0a9d724700" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R071e326c3a574d1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09b13b5d6f724ccb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R761dc0afb0b04f8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8010a7f8b1fd4929" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09b13b5d6f724ccb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R376a696677f74bba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R761dc0afb0b04f8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351277</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>2,105</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>