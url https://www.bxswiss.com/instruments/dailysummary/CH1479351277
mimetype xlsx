--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R071e326c3a574d1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdecfcf7cdf134a00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R761dc0afb0b04f8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bbe97532d4547ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R376a696677f74bba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R761dc0afb0b04f8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cdc572de23b49ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bbe97532d4547ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351277</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...134 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,453</x:t>
-[...48 lines deleted...]
-          <x:t>1,505</x:t>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,489</x:t>
-[...436 lines deleted...]
-          <x:t>1,277</x:t>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>