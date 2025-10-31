--- v0 (2025-10-06)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R953bb7ab953c48f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93c78c2d8a19435e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3eb4832efea545c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bbe7d2ae85448cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ef6017f20bd44d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3eb4832efea545c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a45727015884fc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bbe7d2ae85448cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351269</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>2,425</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,295</x:t>
-[...43 lines deleted...]
-          <x:t>2,345</x:t>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,225</x:t>
-[...91 lines deleted...]
-        <x:is>
           <x:t>2,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,335</x:t>
-[...4 lines deleted...]
-          <x:t>2,205</x:t>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,265</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>15.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,275</x:t>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,235</x:t>
-[...313 lines deleted...]
-          <x:t>2,245</x:t>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,995</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>02.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,965</x:t>
-[...36 lines deleted...]
-          <x:t>1,905</x:t>
+          <x:t>1,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>