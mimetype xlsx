--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93c78c2d8a19435e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refcbea18815d4e49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bbe7d2ae85448cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2593d6d2d4784e38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a45727015884fc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bbe7d2ae85448cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ec8a9e1c18a4e20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2593d6d2d4784e38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351269</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,925</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...551 lines deleted...]
-          <x:t>1,985</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>