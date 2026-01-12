--- v2 (2025-12-20)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refcbea18815d4e49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e9cd6bf1bd34113" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2593d6d2d4784e38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fde45e9f5664f02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ec8a9e1c18a4e20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2593d6d2d4784e38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf38e43f36c184031" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fde45e9f5664f02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351269</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...414 lines deleted...]
-          <x:t>1,912</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,832</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>1,892</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,710</x:t>
-[...123 lines deleted...]
-        <x:is>
           <x:t>1,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,950</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>1,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,762</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>