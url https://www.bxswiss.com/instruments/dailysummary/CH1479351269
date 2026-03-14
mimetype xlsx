--- v3 (2026-01-12)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e9cd6bf1bd34113" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8945380f370842e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fde45e9f5664f02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfebe6bba75a44bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf38e43f36c184031" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fde45e9f5664f02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c980ca2106b4a57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfebe6bba75a44bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351269</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...188 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,683</x:t>
-[...225 lines deleted...]
-          <x:t>1,255</x:t>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>