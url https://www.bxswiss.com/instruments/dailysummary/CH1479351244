--- v0 (2025-10-06)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd2471cf41894e2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a078a5a786a47ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9f01c08d1374b29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra435f4adb4f2464a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e2030c5616a4ef3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9f01c08d1374b29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf36e93cec8d64e0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra435f4adb4f2464a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351244</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>1,805</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,572</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>