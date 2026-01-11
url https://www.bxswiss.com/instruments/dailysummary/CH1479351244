--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a078a5a786a47ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R551c9494fb574aa2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra435f4adb4f2464a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R068a3f82e7ac40f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf36e93cec8d64e0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra435f4adb4f2464a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd51a73cd644549bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R068a3f82e7ac40f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351244</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,779</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>