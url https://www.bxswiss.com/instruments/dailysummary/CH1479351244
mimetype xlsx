--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R551c9494fb574aa2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e220748c92948cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R068a3f82e7ac40f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R162e6f3a35a542f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd51a73cd644549bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R068a3f82e7ac40f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1d61a934dca41b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R162e6f3a35a542f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351244</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...176 lines deleted...]
-          <x:t>1,651</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,657</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>23.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,519</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>1,190</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,231</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...19 lines deleted...]
-          <x:t>1,181</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>