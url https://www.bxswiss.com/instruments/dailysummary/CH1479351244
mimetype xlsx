--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e220748c92948cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re672afa05ed24c84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R162e6f3a35a542f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re34e244b8a1f4598"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1d61a934dca41b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R162e6f3a35a542f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3510fd3f010419d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re34e244b8a1f4598" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351244</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>1,332</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,248</x:t>
-[...259 lines deleted...]
-          <x:t>1,341</x:t>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,187</x:t>
-[...183 lines deleted...]
-          <x:t>1,099</x:t>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,107</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.02.2026</x:t>
-[...36 lines deleted...]
-          <x:t>1,233</x:t>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,129</x:t>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>