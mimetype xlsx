--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc71c9a3a5459421e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re39179b758a84684" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29c1e4fa91f8473e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R085c51cfb0594617"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff5561f18ef34619" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29c1e4fa91f8473e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56406cbc872b4554" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R085c51cfb0594617" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351236</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,095</x:t>
-[...26 lines deleted...]
-          <x:t>2,095</x:t>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,035</x:t>
-[...16 lines deleted...]
-          <x:t>2,105</x:t>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,085</x:t>
-[...64 lines deleted...]
-        <x:is>
           <x:t>1,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,025</x:t>
-[...323 lines deleted...]
-          <x:t>2,005</x:t>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,785</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,765</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>1,775</x:t>
-        </x:is>
-[...35 lines deleted...]
-          <x:t>1,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>