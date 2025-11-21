--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re39179b758a84684" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re428198791704a55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R085c51cfb0594617"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f73d4c3e9864df5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56406cbc872b4554" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R085c51cfb0594617" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4561960915294a38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f73d4c3e9864df5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351236</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,925</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,915</x:t>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,965</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>1,725</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,655</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>1,625</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,635</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>1,835</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,755</x:t>
-[...355 lines deleted...]
-          <x:t>1,775</x:t>
+          <x:t>1,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>