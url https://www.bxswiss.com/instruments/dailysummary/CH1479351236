--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re428198791704a55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0c209eab69b4731" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f73d4c3e9864df5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f5701a2d0f74233"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4561960915294a38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f73d4c3e9864df5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ed7a38361d14bd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f5701a2d0f74233" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351236</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...41 lines deleted...]
-          <x:t>1,685</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,705</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>2,268</x:t>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>