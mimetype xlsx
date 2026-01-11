--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0c209eab69b4731" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf23333a6b62149c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f5701a2d0f74233"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6814f2c7de424e39"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ed7a38361d14bd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f5701a2d0f74233" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fb4d256d43e48e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6814f2c7de424e39" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351236</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>1,758</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,710</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>1,677</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,518</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>