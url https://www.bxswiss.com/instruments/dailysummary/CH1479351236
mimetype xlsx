--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf23333a6b62149c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb35a7051d0ea4cf7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6814f2c7de424e39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3179a07f65054594"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fb4d256d43e48e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6814f2c7de424e39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R879a79fba92d47da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3179a07f65054594" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351236</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>1,649</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,630</x:t>
-[...291 lines deleted...]
-          <x:t>1,173</x:t>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,197</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>1,111</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>