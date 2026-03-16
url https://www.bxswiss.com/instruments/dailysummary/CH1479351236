--- v5 (2026-02-22)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb35a7051d0ea4cf7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19f0e29f840e4373" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3179a07f65054594"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4379a4e8f281499a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R879a79fba92d47da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3179a07f65054594" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29461bebaa7141db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4379a4e8f281499a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351236</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>1,252</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,159</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,171</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>1,200</x:t>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,175</x:t>
-[...232 lines deleted...]
-          <x:t>1,257</x:t>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,113</x:t>
-[...70 lines deleted...]
-          <x:t>1,251</x:t>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,043</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>1,063</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>