--- v0 (2025-10-07)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16eb7c5552024ca2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4540a3ba68834186" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R607fedb21d5941b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe9057d7e81d434c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd87516e8d7ef442d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R607fedb21d5941b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf217337af20457b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe9057d7e81d434c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351228</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,075</x:t>
-[...16 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,985</x:t>
-[...26 lines deleted...]
-          <x:t>1,985</x:t>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,925</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>10.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,995</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>1,945</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>2,005</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,915</x:t>
-[...367 lines deleted...]
-          <x:t>1,905</x:t>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,695</x:t>
-[...6 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,665</x:t>
-[...48 lines deleted...]
-          <x:t>1,625</x:t>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,585</x:t>
-[...4 lines deleted...]
-          <x:t>1,625</x:t>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>