--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4540a3ba68834186" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45866692e5784318" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe9057d7e81d434c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b93580cdc2c475d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf217337af20457b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe9057d7e81d434c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R932b7fa996164460" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b93580cdc2c475d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351228</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,885</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,805</x:t>
-[...11 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,905</x:t>
-[...16 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,665</x:t>
+          <x:t>1,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,565</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>1,655</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,545</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>1,745</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,665</x:t>
-[...382 lines deleted...]
-          <x:t>1,785</x:t>
+          <x:t>2,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>