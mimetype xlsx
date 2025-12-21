--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45866692e5784318" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d05116b142b4f32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b93580cdc2c475d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce9f98c6eded4ded"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R932b7fa996164460" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b93580cdc2c475d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ef017965d9f4c85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce9f98c6eded4ded" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351228</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,244</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>