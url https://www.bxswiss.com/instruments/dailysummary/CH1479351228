--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d05116b142b4f32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4eb688c24014c7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce9f98c6eded4ded"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56303636bf5a4b90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ef017965d9f4c85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce9f98c6eded4ded" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R937375fecdd9451d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56303636bf5a4b90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351228</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>1,656</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,612</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>1,580</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,432</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>