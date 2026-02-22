--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4eb688c24014c7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b404e069feb4d2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56303636bf5a4b90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6390ed41376b4b04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R937375fecdd9451d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56303636bf5a4b90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4f2f2c58cc5403a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6390ed41376b4b04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351228</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>1,432</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,474</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...273 lines deleted...]
-          <x:t>05.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,210</x:t>
-[...4 lines deleted...]
-          <x:t>1,134</x:t>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,137</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>1,119</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,149</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>07.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,113</x:t>
-[...63 lines deleted...]
-          <x:t>1,046</x:t>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>