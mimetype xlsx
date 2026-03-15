--- v5 (2026-02-22)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b404e069feb4d2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8ba338a2ba1411d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6390ed41376b4b04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc42dce6909a4d94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4f2f2c58cc5403a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6390ed41376b4b04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d1622dd9cf04e65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc42dce6909a4d94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351228</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>1,176</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,089</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>27.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>1,431</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,217</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>1,001</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>