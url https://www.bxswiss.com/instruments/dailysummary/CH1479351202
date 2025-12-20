--- v0 (2025-10-06)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf562f2b40e414b53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0aff962921dc4123" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35516e8c296d4066"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4cd82394e6b4192"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R756bd91e51c4404a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35516e8c296d4066" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58ba58056fa040a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4cd82394e6b4192" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351202</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...554 lines deleted...]
-          <x:t>1,485</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,505</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>1,475</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>