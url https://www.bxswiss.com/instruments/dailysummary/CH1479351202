--- v1 (2025-12-20)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0aff962921dc4123" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27fa343c27fd4e10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4cd82394e6b4192"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d6e9c1f5e984440"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58ba58056fa040a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4cd82394e6b4192" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R816b4ddaf22a4d41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d6e9c1f5e984440" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351202</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,122</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>