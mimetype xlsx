--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27fa343c27fd4e10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a9ea94480514114" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d6e9c1f5e984440"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb88922ebe629427a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R816b4ddaf22a4d41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d6e9c1f5e984440" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28abac7af0a04728" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb88922ebe629427a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351202</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,491</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>