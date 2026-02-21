--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a9ea94480514114" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5895a5ec308e4932" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb88922ebe629427a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a1c75ccc59a4679"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28abac7af0a04728" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb88922ebe629427a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R542c3583438d4a2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a1c75ccc59a4679" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351202</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...247 lines deleted...]
-          <x:t>1,258</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,263</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>1,036</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,059</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>08.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>0,985</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>