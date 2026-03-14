--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5895a5ec308e4932" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25882149cfb74205" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a1c75ccc59a4679"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14f4d7bad0764b2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R542c3583438d4a2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a1c75ccc59a4679" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4053f4e52e44a89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14f4d7bad0764b2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351202</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>1,119</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,046</x:t>
-[...65 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>1,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,062</x:t>
-[...188 lines deleted...]
-          <x:t>1,348</x:t>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,147</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>0,943</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>