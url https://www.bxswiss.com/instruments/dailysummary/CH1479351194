--- v0 (2025-10-07)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00e2172a3ce644dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9e062ef187543ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e41ace737e249b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c84b1e91a684dc1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0d9d4cbe9f84a2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e41ace737e249b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16df7ca08c404bf0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c84b1e91a684dc1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351194</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,865</x:t>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,835</x:t>
-[...6 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,775</x:t>
-[...26 lines deleted...]
-          <x:t>1,775</x:t>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,715</x:t>
-[...6 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,785</x:t>
-[...26 lines deleted...]
-          <x:t>1,785</x:t>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,715</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>1,675</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...310 lines deleted...]
-          <x:t>1,705</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,515</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,495</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>1,505</x:t>
-        </x:is>
-[...8 lines deleted...]
-          <x:t>1,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>