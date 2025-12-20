--- v1 (2025-10-30)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9e062ef187543ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf7f6afd99444224" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c84b1e91a684dc1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7950b7fc1b1b426e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16df7ca08c404bf0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c84b1e91a684dc1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9d34cbdc03b4ed8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7950b7fc1b1b426e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351194</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>1,405</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...532 lines deleted...]
-          <x:t>1,505</x:t>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>