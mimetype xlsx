--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf7f6afd99444224" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09495be09a824fcc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7950b7fc1b1b426e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R096e744e654645f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9d34cbdc03b4ed8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7950b7fc1b1b426e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a55bfa0857c4de8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R096e744e654645f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351194</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,551 +149,146 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...350 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,472</x:t>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,434</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>1,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,368</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,346</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>