--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09495be09a824fcc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd319fc96fb7c492d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R096e744e654645f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc81ed8d1b3684bbc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a55bfa0857c4de8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R096e744e654645f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39351f24ea254d62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc81ed8d1b3684bbc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351194</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>1,275</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,311</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...204 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,145</x:t>
-[...16 lines deleted...]
-          <x:t>1,184</x:t>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,154</x:t>
-[...16 lines deleted...]
-          <x:t>1,173</x:t>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,087</x:t>
-[...134 lines deleted...]
-          <x:t>0,928</x:t>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>