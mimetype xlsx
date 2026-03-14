--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd319fc96fb7c492d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95351687c6a84018" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc81ed8d1b3684bbc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R563f0291a45f4b32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39351f24ea254d62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc81ed8d1b3684bbc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8f1d8a49865449d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R563f0291a45f4b32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351194</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>1,147</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,159</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...617 lines deleted...]
-          <x:t>0,889</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>