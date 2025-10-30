--- v0 (2025-10-07)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcea8b721e04b459d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84bf0d2998ac4a21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51ebb5dd0ccd40f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8eac960945f54292"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7c707cd5b2b4814" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51ebb5dd0ccd40f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0b23519aeb2486b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8eac960945f54292" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351178</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,775</x:t>
-[...26 lines deleted...]
-          <x:t>1,675</x:t>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,595</x:t>
-[...16 lines deleted...]
-          <x:t>1,685</x:t>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,625</x:t>
-[...16 lines deleted...]
-          <x:t>1,685</x:t>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,665</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>1,695</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,625</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>1,585</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...310 lines deleted...]
-          <x:t>1,615</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,435</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,415</x:t>
-        </x:is>
-[...62 lines deleted...]
-          <x:t>1,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>