--- v1 (2025-10-30)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84bf0d2998ac4a21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f251a7cedb545f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8eac960945f54292"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8abc27b02f0a4c47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0b23519aeb2486b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8eac960945f54292" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9155ec6f79a64242" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8abc27b02f0a4c47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351178</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>1,335</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,335</x:t>
-[...404 lines deleted...]
-          <x:t>1,415</x:t>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>