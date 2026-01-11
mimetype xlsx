--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f251a7cedb545f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re86f7862688f4cef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8abc27b02f0a4c47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R013d99040e7f4509"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9155ec6f79a64242" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8abc27b02f0a4c47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58b13edf55d14c18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R013d99040e7f4509" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351178</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...350 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,388</x:t>
-[...31 lines deleted...]
-          <x:t>1,318</x:t>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,346</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>1,309</x:t>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,291</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>