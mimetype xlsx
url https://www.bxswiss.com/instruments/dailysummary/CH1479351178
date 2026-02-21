--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re86f7862688f4cef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3717c6ef70c546df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R013d99040e7f4509"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47877b2581d64858"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58b13edf55d14c18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R013d99040e7f4509" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R918ebe5ee7734d9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47877b2581d64858" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351178</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...252 lines deleted...]
-          <x:t>1,118</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,067</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...62 lines deleted...]
-          <x:t>05.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,005</x:t>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,945</x:t>
-[...48 lines deleted...]
-          <x:t>0,901</x:t>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,907</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>0,877</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>