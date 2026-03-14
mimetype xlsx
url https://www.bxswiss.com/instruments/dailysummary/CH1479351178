--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3717c6ef70c546df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8e9e55d9f574d09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47877b2581d64858"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c9c04abd0554f75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R918ebe5ee7734d9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47877b2581d64858" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8783e44f8d5443fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c9c04abd0554f75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351178</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>0,994</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,925</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>0,980</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,916</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>0,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,964</x:t>
-[...65 lines deleted...]
-          <x:t>1,137</x:t>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,941</x:t>
-[...92 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,147</x:t>
-[...279 lines deleted...]
-          <x:t>0,839</x:t>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>