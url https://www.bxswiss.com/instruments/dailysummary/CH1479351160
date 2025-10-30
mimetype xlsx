--- v0 (2025-10-07)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra31a79533bb14b1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5c0f08d579046b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R850071b178824e16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7c709dd91354cd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R269d4c942af34671" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R850071b178824e16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5117bfd0c5d4d89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7c709dd91354cd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351160</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,575</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,585</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,515</x:t>
-[...448 lines deleted...]
-          <x:t>1,535</x:t>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,355</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,365</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>02.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,345</x:t>
-        </x:is>
-[...62 lines deleted...]
-          <x:t>1,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>