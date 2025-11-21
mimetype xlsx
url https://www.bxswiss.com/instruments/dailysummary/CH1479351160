--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5c0f08d579046b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb01e9c6f15f147a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7c709dd91354cd6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dab368e35be4be4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5117bfd0c5d4d89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7c709dd91354cd6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0d1eee2ffd843dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dab368e35be4be4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351160</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,455</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,445</x:t>
-[...38 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>1,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,535</x:t>
-[...16 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,345</x:t>
-[...16 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>1,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,265</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>1,335</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,255</x:t>
-[...43 lines deleted...]
-          <x:t>1,475</x:t>
+          <x:t>1,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,465</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>1,415</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>15.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,435</x:t>
-[...4 lines deleted...]
-          <x:t>1,365</x:t>
+          <x:t>1,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,415</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>1,345</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,712</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>