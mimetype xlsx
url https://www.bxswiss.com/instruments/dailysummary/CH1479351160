--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb01e9c6f15f147a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cce6b15c99d44e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dab368e35be4be4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50bd8b69ab554c1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0d1eee2ffd843dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dab368e35be4be4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raddb73818395411d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50bd8b69ab554c1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351160</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,824</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>