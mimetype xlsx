--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cce6b15c99d44e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01d36404f0d34fad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50bd8b69ab554c1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d7cd2a1955245cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raddb73818395411d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50bd8b69ab554c1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cf5e76c989146be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d7cd2a1955245cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351160</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...350 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,310</x:t>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,234</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>1,236</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,221</x:t>
-[...134 lines deleted...]
-          <x:t>1,092</x:t>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>