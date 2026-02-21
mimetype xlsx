--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01d36404f0d34fad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ec6244d7165457b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d7cd2a1955245cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb4368f84fc6439c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cf5e76c989146be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d7cd2a1955245cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fda4173d3a34ae5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb4368f84fc6439c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351160</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...323 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,946</x:t>
-[...16 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,900</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,885</x:t>
-[...60 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,866</x:t>
-[...9 lines deleted...]
-          <x:t>0,827</x:t>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>