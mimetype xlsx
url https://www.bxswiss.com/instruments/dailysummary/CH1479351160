--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ec6244d7165457b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra88bf034598f452d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb4368f84fc6439c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ad66bc9509843ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fda4173d3a34ae5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb4368f84fc6439c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02c44225eded44f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ad66bc9509843ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351160</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>1,009</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,025</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>0,791</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>