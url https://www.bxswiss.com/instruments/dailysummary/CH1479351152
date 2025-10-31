--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra45618418334403b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b18058507cb418c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92e6a2e5eb65470c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6c1a5ee1e52485b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd26aee41bf0e4cf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92e6a2e5eb65470c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7e0c7b3a5184358" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6c1a5ee1e52485b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351152</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,485</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,435</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>1,505</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,455</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>1,425</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...310 lines deleted...]
-          <x:t>1,455</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,285</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,275</x:t>
-        </x:is>
-[...89 lines deleted...]
-          <x:t>1,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>