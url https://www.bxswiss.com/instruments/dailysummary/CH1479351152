--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b18058507cb418c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75288bd50fcb4a4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6c1a5ee1e52485b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3e41c1ec68e41ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7e0c7b3a5184358" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6c1a5ee1e52485b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bf61f2ae45041d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3e41c1ec68e41ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351152</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,375</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,365</x:t>
-[...38 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>1,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,455</x:t>
-[...16 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,275</x:t>
+          <x:t>1,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,195</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>1,255</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,235</x:t>
-[...70 lines deleted...]
-          <x:t>1,265</x:t>
+          <x:t>1,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,185</x:t>
-[...281 lines deleted...]
-          <x:t>1,315</x:t>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,275</x:t>
-[...139 lines deleted...]
-          <x:t>1,275</x:t>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>