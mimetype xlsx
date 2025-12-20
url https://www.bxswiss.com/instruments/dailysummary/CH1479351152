--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75288bd50fcb4a4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28c126c753c44ab2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3e41c1ec68e41ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24521da5e24c42de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bf61f2ae45041d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3e41c1ec68e41ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R902cbcffc8894905" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24521da5e24c42de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351152</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...171 lines deleted...]
-          <x:t>1,245</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,185</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>1,295</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,275</x:t>
-[...431 lines deleted...]
-          <x:t>1,618</x:t>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>