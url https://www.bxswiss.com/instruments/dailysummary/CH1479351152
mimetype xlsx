--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28c126c753c44ab2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2aba8ae2ed0e4be9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24521da5e24c42de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89165266fb5f488a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R902cbcffc8894905" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24521da5e24c42de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15166562b84b45d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89165266fb5f488a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351152</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,551 +149,146 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...350 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,236</x:t>
-[...62 lines deleted...]
-        <x:is>
           <x:t>1,168</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>1,230</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,185</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>1,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,153</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,132</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>