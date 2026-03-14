--- v4 (2026-01-10)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2aba8ae2ed0e4be9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff5b99d2846943d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89165266fb5f488a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1a1b9ec87f246a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15166562b84b45d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89165266fb5f488a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b19122d45744d03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1a1b9ec87f246a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351152</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...176 lines deleted...]
-          <x:t>1,116</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,197</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>0,780</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>