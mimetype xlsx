--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9999470236c1485a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55946dba4d2f4403" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re920b2ca5f844d61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re38272d020fb4f74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0eacbca6dc0e4260" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re920b2ca5f844d61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55071329cc424b98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re38272d020fb4f74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351137</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,505</x:t>
-[...21 lines deleted...]
-          <x:t>1,415</x:t>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,355</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>1,435</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,385</x:t>
-[...64 lines deleted...]
-        <x:is>
           <x:t>1,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,415</x:t>
-[...350 lines deleted...]
-          <x:t>1,375</x:t>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,215</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,225</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>02.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,205</x:t>
-        </x:is>
-[...62 lines deleted...]
-          <x:t>1,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>