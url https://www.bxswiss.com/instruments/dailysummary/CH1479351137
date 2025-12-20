--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55946dba4d2f4403" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ec1433605904d75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re38272d020fb4f74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8aeef1d5ff7a4213"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55071329cc424b98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re38272d020fb4f74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8de30a33366f47dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8aeef1d5ff7a4213" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351137</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>1,225</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,175</x:t>
-[...69 lines deleted...]
-        <x:is>
           <x:t>1,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,095</x:t>
-[...409 lines deleted...]
-          <x:t>1,205</x:t>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>