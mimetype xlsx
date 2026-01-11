--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ec1433605904d75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1006f964a0fd4950" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8aeef1d5ff7a4213"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9699bf1cf10e42f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8de30a33366f47dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8aeef1d5ff7a4213" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R877d6215b219449c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9699bf1cf10e42f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351137</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,500 +149,68 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...419 lines deleted...]
-          <x:t>1,082</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,104</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,120</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,017</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>