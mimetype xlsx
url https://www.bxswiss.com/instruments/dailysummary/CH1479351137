--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1006f964a0fd4950" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92674f26c89f4ab9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9699bf1cf10e42f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e5dacf28a6b49b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R877d6215b219449c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9699bf1cf10e42f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d27bcb8d86f41e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e5dacf28a6b49b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351137</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...225 lines deleted...]
-          <x:t>0,974</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,927</x:t>
-[...124 lines deleted...]
-          <x:t>0,799</x:t>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,786</x:t>
-[...11 lines deleted...]
-          <x:t>0,765</x:t>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,779</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,756</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,763</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>0,736</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>