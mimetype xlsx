--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92674f26c89f4ab9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ca3e864cc704c77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e5dacf28a6b49b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd458aa2b966448c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d27bcb8d86f41e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e5dacf28a6b49b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree2406f0093f494d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd458aa2b966448c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351137</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,821</x:t>
-[...273 lines deleted...]
-        <x:is>
           <x:t>0,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,725</x:t>
-[...70 lines deleted...]
-          <x:t>0,823</x:t>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,823</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>0,687</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>0,771</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,697</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,705</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>