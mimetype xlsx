--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10b76bff59ad413e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb53ec0c1b7c4fd7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9444a1f9e07482a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6f476c4b6ee4f37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R232ef71c5f044bd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9444a1f9e07482a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb4fc72ea8c0474a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6f476c4b6ee4f37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351129</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,355</x:t>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,285</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...445 lines deleted...]
-          <x:t>1,305</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,155</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,145</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>1,075</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,135</x:t>
-        </x:is>
-[...35 lines deleted...]
-          <x:t>1,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>