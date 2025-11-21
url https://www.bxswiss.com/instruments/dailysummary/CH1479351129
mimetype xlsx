--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb53ec0c1b7c4fd7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1df410f05c44b39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6f476c4b6ee4f37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40c0607a4c6a4dde"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb4fc72ea8c0474a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6f476c4b6ee4f37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83392c8de8254263" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40c0607a4c6a4dde" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351129</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,235</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,225</x:t>
-[...11 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,305</x:t>
-[...16 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,305</x:t>
-[...26 lines deleted...]
-          <x:t>1,145</x:t>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,075</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>1,135</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,115</x:t>
-[...70 lines deleted...]
-          <x:t>1,145</x:t>
+          <x:t>1,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,065</x:t>
-[...60 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,225</x:t>
-[...58 lines deleted...]
-          <x:t>1,165</x:t>
+          <x:t>1,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,205</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>1,135</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>