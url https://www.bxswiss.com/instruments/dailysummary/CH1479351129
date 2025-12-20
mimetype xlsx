--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1df410f05c44b39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re335469562054af7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40c0607a4c6a4dde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76b3c968e7d942bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83392c8de8254263" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40c0607a4c6a4dde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04dd9eda0ef54c7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76b3c968e7d942bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351129</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,548</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>