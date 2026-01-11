--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re335469562054af7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6676e6b1de6e410b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76b3c968e7d942bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cc076b69c8148c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04dd9eda0ef54c7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76b3c968e7d942bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re70fde9408b44e33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cc076b69c8148c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351129</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,181 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>1,104</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,038</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...192 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,067</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>