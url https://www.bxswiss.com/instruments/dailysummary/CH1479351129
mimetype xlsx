--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6676e6b1de6e410b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8e448f0056a47b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cc076b69c8148c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9060cd84994747ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re70fde9408b44e33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cc076b69c8148c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re67c4cd77e104b58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9060cd84994747ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351129</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...193 lines deleted...]
-          <x:t>0,978</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,912</x:t>
-[...124 lines deleted...]
-          <x:t>0,774</x:t>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,743</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>0,730</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,726</x:t>
-[...26 lines deleted...]
-          <x:t>0,713</x:t>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,721</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...37 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,683</x:t>
-[...4 lines deleted...]
-          <x:t>0,695</x:t>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>