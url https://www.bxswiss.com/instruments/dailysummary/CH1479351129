--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8e448f0056a47b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13e1a25f036e4ac2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9060cd84994747ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdff7d4f72104b3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re67c4cd77e104b58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9060cd84994747ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ca82ae5f5ce4aa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdff7d4f72104b3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351129</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...149 lines deleted...]
-          <x:t>0,710</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,727</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,735</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,761</x:t>
-[...232 lines deleted...]
-          <x:t>0,697</x:t>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,683</x:t>
-[...43 lines deleted...]
-          <x:t>0,777</x:t>
+          <x:t>0,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,641</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...143 lines deleted...]
-          <x:t>20.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,729</x:t>
+          <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,659</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,667</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>