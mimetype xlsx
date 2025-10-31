--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00a7ed482a9c4d89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb598720f697242f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9520cbf575894e8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15c7e9bb3d8c4a2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81c2128e5f964f94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9520cbf575894e8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc994d5cb994f4941" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15c7e9bb3d8c4a2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,355</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,335</x:t>
-[...33 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,285</x:t>
-[...377 lines deleted...]
-          <x:t>1,235</x:t>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,185</x:t>
-[...43 lines deleted...]
-          <x:t>1,235</x:t>
+          <x:t>1,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,095</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>02.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>1,015</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,075</x:t>
-        </x:is>
-[...35 lines deleted...]
-          <x:t>1,055</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>