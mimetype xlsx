--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb598720f697242f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa030364b5a243c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15c7e9bb3d8c4a2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd774df02b61142e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc994d5cb994f4941" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15c7e9bb3d8c4a2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8b3eeba610d403c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd774df02b61142e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,005</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...416 lines deleted...]
-          <x:t>1,075</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>