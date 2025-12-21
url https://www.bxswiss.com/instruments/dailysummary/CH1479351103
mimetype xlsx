--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa030364b5a243c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R885a9e9885294a53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd774df02b61142e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf772c5839172408b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8b3eeba610d403c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd774df02b61142e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re34aeb238abf4218" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf772c5839172408b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,442</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>