--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R885a9e9885294a53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfcb9f0a2e774b82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf772c5839172408b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bc86474d3ab43fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re34aeb238abf4218" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf772c5839172408b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b366438b4fb4126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bc86474d3ab43fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>1,018</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,990</x:t>
-[...48 lines deleted...]
-          <x:t>1,040</x:t>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,000</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>0,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,974</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,954</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>