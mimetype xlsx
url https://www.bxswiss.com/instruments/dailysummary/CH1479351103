--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfcb9f0a2e774b82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R765dfe7c46374df9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bc86474d3ab43fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R381778fb42f04bf5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b366438b4fb4126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bc86474d3ab43fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66691985e1dc4dc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R381778fb42f04bf5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...171 lines deleted...]
-          <x:t>1,021</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,918</x:t>
-[...43 lines deleted...]
-          <x:t>0,865</x:t>
+          <x:t>0,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,822</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>29.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,821</x:t>
-[...70 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,712</x:t>
-[...90 lines deleted...]
-          <x:t>0,656</x:t>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>