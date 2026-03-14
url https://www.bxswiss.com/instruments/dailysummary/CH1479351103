--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R765dfe7c46374df9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb86cf5fad08c47ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R381778fb42f04bf5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02f0aee010384fc3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66691985e1dc4dc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R381778fb42f04bf5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd5ea2c564144f03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02f0aee010384fc3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,748</x:t>
-[...576 lines deleted...]
-          <x:t>0,629</x:t>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>