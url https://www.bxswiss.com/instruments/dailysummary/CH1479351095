--- v0 (2025-12-21)
+++ v1 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9957c2e1318248be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R933c40c56e574752" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra36d556c0e964364"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3f6ddcdbc1447de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1528b1f4578241cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra36d556c0e964364" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffab8cd825f9409d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3f6ddcdbc1447de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351095</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...414 lines deleted...]
-          <x:t>0,982</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,947</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>0,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,920</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,902</x:t>
         </x:is>
       </x:c>
@@ -764,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>