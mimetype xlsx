--- v1 (2026-01-12)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R933c40c56e574752" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b86755e30834c32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3f6ddcdbc1447de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f65c576ce294f4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffab8cd825f9409d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3f6ddcdbc1447de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f368b9699b44c57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f65c576ce294f4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351095</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...269 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,769</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,769</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,712</x:t>
-[...6 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,687</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>09.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,649</x:t>
-[...9 lines deleted...]
-          <x:t>0,620</x:t>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>