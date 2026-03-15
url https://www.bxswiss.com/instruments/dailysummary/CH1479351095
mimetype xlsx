--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b86755e30834c32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc07ec23c75a74ae7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f65c576ce294f4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0161655a6da47a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f368b9699b44c57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f65c576ce294f4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R497403e9b5104266" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0161655a6da47a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351095</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...122 lines deleted...]
-          <x:t>0,631</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,647</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>29.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,687</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>05.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,841</x:t>
-[...306 lines deleted...]
-          <x:t>0,597</x:t>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>