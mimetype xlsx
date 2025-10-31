--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01f6655a985b4a1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R326e90ea096847a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55c0a830d0b94abf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c5321fcc9054ce8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R958352f3567443ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55c0a830d0b94abf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb81f2ef6908407f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c5321fcc9054ce8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351087</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,215</x:t>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,195</x:t>
-[...11 lines deleted...]
-          <x:t>1,135</x:t>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,095</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>1,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,155</x:t>
-[...107 lines deleted...]
-          <x:t>1,095</x:t>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,075</x:t>
-[...313 lines deleted...]
-          <x:t>1,105</x:t>
+          <x:t>0,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,985</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>0,945</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,975</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,915</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,935</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,965</x:t>
-        </x:is>
-[...35 lines deleted...]
-          <x:t>0,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>