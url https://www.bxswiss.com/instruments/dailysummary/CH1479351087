--- v1 (2025-10-31)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R326e90ea096847a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaf682e385ac4941" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c5321fcc9054ce8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9781d1338ac34359"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb81f2ef6908407f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c5321fcc9054ce8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16020988a47d4a8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9781d1338ac34359" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351087</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>0,985</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,955</x:t>
-[...485 lines deleted...]
-          <x:t>0,965</x:t>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>