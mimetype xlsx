--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaf682e385ac4941" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0543a30734b74b32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9781d1338ac34359"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R864bbdb788e0424a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16020988a47d4a8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9781d1338ac34359" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c47ac1ca0c74e2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R864bbdb788e0424a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351087</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...306 lines deleted...]
-          <x:t>0,723</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,672</x:t>
-[...33 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,635</x:t>
-[...4 lines deleted...]
-          <x:t>0,610</x:t>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,625</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.01.2026</x:t>
-[...73 lines deleted...]
-          <x:t>0,589</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>