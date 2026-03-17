--- v3 (2026-02-21)
+++ v4 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0543a30734b74b32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d78bada1e0246cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R864bbdb788e0424a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde6d41b64073409a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c47ac1ca0c74e2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R864bbdb788e0424a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7d8598f29884e5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde6d41b64073409a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351087</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,669</x:t>
-[...183 lines deleted...]
-          <x:t>0,753</x:t>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,759</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>0,563</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>