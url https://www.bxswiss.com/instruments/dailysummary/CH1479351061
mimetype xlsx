--- v0 (2025-10-06)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a210d9614a6427c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac6d1a200af54db2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6223bca59ce74682"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c8ec67e94204d13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4720a58f7e7a44c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6223bca59ce74682" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66d09ae290fe4c50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c8ec67e94204d13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351061</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>1,075</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>05.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,155</x:t>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,145</x:t>
-[...151 lines deleted...]
-          <x:t>1,045</x:t>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,015</x:t>
-[...317 lines deleted...]
-        <x:is>
           <x:t>0,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,935</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,895</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,925</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,865</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,915</x:t>
-        </x:is>
-[...8 lines deleted...]
-          <x:t>0,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>