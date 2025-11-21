--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac6d1a200af54db2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R700cb54398f94eaf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c8ec67e94204d13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R075addf875804e4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66d09ae290fe4c50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c8ec67e94204d13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d311f092ff048c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R075addf875804e4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351061</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,045</x:t>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,005</x:t>
-[...6 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,995</x:t>
-[...11 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,055</x:t>
-[...16 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,925</x:t>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,885</x:t>
-[...6 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>0,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,915</x:t>
-[...151 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,995</x:t>
-[...85 lines deleted...]
-          <x:t>0,965</x:t>
+          <x:t>1,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,975</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>0,915</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>