--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R700cb54398f94eaf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02bb921a08ac4d34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R075addf875804e4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1aef4dd81bb4f4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d311f092ff048c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R075addf875804e4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6da33499b9f74027" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1aef4dd81bb4f4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351061</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...134 lines deleted...]
-          <x:t>27.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,895</x:t>
-[...495 lines deleted...]
-          <x:t>1,158</x:t>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>