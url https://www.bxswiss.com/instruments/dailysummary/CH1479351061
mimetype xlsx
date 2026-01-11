--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02bb921a08ac4d34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb200e0ef53c54be8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1aef4dd81bb4f4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71c751c1587c465c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6da33499b9f74027" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1aef4dd81bb4f4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad13228bb57a466f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71c751c1587c465c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351061</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>0,916</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,890</x:t>
-[...21 lines deleted...]
-          <x:t>0,826</x:t>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,860</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...153 lines deleted...]
-          <x:t>0,769</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,782</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...96 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>