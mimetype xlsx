--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb200e0ef53c54be8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91aa92335eae458f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71c751c1587c465c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91e59308dc644d8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad13228bb57a466f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71c751c1587c465c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R405678c5e47f4eb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91e59308dc644d8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351061</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...242 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,692</x:t>
-[...21 lines deleted...]
-          <x:t>0,646</x:t>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,642</x:t>
-[...38 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,624</x:t>
-[...16 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,598</x:t>
-[...4 lines deleted...]
-          <x:t>0,577</x:t>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,591</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>0,558</x:t>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,581</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>0,555</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>