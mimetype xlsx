--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91aa92335eae458f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0e9cd08fdd947bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91e59308dc644d8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b0a080f093b400f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R405678c5e47f4eb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91e59308dc644d8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77f7e3c7153042f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b0a080f093b400f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351061</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...122 lines deleted...]
-          <x:t>0,572</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,575</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>02.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,713</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...389 lines deleted...]
-          <x:t>0,533</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>