--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redaea68fdd5d4d31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b743e2745914eec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6fe84fdffb24634"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83490ed4f6af49b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30e2cfbfd9d44cec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6fe84fdffb24634" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R511991f136c54347" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83490ed4f6af49b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351053</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,985</x:t>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,925</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>30.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,945</x:t>
-[...318 lines deleted...]
-          <x:t>0,915</x:t>
+          <x:t>1,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,925</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>0,865</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>