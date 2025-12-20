--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b743e2745914eec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72a99201daad4da6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83490ed4f6af49b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfec56d21af8a430f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R511991f136c54347" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83490ed4f6af49b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb625f4825b924e09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfec56d21af8a430f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351053</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...468 lines deleted...]
-          <x:t>0,845</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,825</x:t>
-[...161 lines deleted...]
-          <x:t>1,096</x:t>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>