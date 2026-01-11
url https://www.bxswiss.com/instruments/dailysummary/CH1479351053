--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72a99201daad4da6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf86428c021ff4e89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfec56d21af8a430f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R533a36a9b1914ca6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb625f4825b924e09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfec56d21af8a430f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R592e0ea7df804046" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R533a36a9b1914ca6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351053</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,500 +149,68 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>0,866</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,842</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>0,790</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,801</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,727</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>