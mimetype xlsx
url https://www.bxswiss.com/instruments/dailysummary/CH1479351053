--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf86428c021ff4e89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6baffc0c5ba34063" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R533a36a9b1914ca6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re808e32cc9024888"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R592e0ea7df804046" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R533a36a9b1914ca6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa8b7e604b2e45c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re808e32cc9024888" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351053</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...242 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,650</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,609</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,606</x:t>
-[...65 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,547</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>0,545</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,518</x:t>
-[...4 lines deleted...]
-          <x:t>0,528</x:t>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>