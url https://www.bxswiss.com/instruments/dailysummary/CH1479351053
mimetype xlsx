--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6baffc0c5ba34063" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R039dcad5b5ee41fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re808e32cc9024888"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99de6c56e17f4002"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa8b7e604b2e45c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re808e32cc9024888" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1930dd6676844be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99de6c56e17f4002" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351053</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,745</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,650</x:t>
-[...593 lines deleted...]
-          <x:t>0,503</x:t>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>