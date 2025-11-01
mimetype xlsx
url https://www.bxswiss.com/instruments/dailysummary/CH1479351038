--- v0 (2025-10-10)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7f0628e35dd4257" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f417fde9c3c48e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0240f6ea35424aa5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4904e58cb33a49e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd951cb6f0b954581" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0240f6ea35424aa5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5194e3d5dc0e4408" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4904e58cb33a49e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351038</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,975</x:t>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,935</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,945</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>0,935</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,915</x:t>
-[...97 lines deleted...]
-          <x:t>0,945</x:t>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,935</x:t>
-[...258 lines deleted...]
-        <x:is>
           <x:t>0,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,775</x:t>
-[...112 lines deleted...]
-          <x:t>0,795</x:t>
+          <x:t>0,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>