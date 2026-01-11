--- v1 (2025-11-01)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f417fde9c3c48e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f24cd5480384548" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4904e58cb33a49e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racc0602a30454e8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5194e3d5dc0e4408" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4904e58cb33a49e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17e3c02706714465" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racc0602a30454e8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351038</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,875</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>