--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f24cd5480384548" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R496136e79df74a10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racc0602a30454e8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56c1a3e19eb14ef4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17e3c02706714465" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racc0602a30454e8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8682dee8ee44e03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56c1a3e19eb14ef4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351038</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...193 lines deleted...]
-          <x:t>0,694</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,648</x:t>
-[...43 lines deleted...]
-          <x:t>0,613</x:t>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,616</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>30.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,610</x:t>
-[...26 lines deleted...]
-          <x:t>0,555</x:t>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,525</x:t>
-[...107 lines deleted...]
-          <x:t>0,500</x:t>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>