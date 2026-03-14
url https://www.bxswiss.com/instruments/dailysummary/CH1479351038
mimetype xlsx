--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R496136e79df74a10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bfb3cfbd5974cb8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56c1a3e19eb14ef4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fabc0f60fab4259"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8682dee8ee44e03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56c1a3e19eb14ef4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra94c72e2a65e4336" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fabc0f60fab4259" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351038</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>0,568</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,519</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...89 lines deleted...]
-          <x:t>28.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,565</x:t>
-[...166 lines deleted...]
-          <x:t>0,565</x:t>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,629</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>0,479</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>