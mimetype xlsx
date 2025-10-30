--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7577faf6478c4e94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf46578327dd14b98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R499b52cc39a34fd4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcaecaf81f2864464"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7af97c2d353d4c0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R499b52cc39a34fd4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0959f6abd3144328" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcaecaf81f2864464" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,925</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>09.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,925</x:t>
-[...4 lines deleted...]
-          <x:t>0,865</x:t>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,895</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>0,885</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,865</x:t>
-[...317 lines deleted...]
-        <x:is>
           <x:t>0,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,795</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,795</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,755</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,745</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,785</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,795</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,775</x:t>
-        </x:is>
-[...25 lines deleted...]
-          <x:t>0,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>