--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf46578327dd14b98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5edd156f2e84fba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcaecaf81f2864464"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30773aa37a38496c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0959f6abd3144328" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcaecaf81f2864464" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b8c37030a904876" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30773aa37a38496c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,885</x:t>
+          <x:t>0,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,855</x:t>
-[...620 lines deleted...]
-          <x:t>0,775</x:t>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>