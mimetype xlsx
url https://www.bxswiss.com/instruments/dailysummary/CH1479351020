--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5edd156f2e84fba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcddf250a4fb4c8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30773aa37a38496c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0937574209b74cb2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b8c37030a904876" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30773aa37a38496c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63475f0b59c34a79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0937574209b74cb2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,064</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>