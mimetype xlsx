--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcddf250a4fb4c8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R844a9b68e14e4bb8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0937574209b74cb2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc555808651b4d4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63475f0b59c34a79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0937574209b74cb2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac76f0ceb79c4fc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc555808651b4d4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...350 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,746</x:t>
-[...4 lines deleted...]
-          <x:t>0,698</x:t>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,728</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,740</x:t>
-[...219 lines deleted...]
-        <x:is>
           <x:t>0,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,654</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>