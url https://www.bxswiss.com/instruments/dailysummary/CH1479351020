--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R844a9b68e14e4bb8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f5cb74223024e50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc555808651b4d4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88f1039d693f4644"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac76f0ceb79c4fc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc555808651b4d4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd38b54fb61a74e7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88f1039d693f4644" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...95 lines deleted...]
-          <x:t>0,653</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,662</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...138 lines deleted...]
-          <x:t>23.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,582</x:t>
-[...151 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,514</x:t>
-[...36 lines deleted...]
-          <x:t>0,474</x:t>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>