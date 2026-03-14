--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f5cb74223024e50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44855738abd34a97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88f1039d693f4644"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a485da50fdb4c80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd38b54fb61a74e7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88f1039d693f4644" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79875dcb4f5a41b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a485da50fdb4c80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,669</x:t>
-[...603 lines deleted...]
-          <x:t>0,453</x:t>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>