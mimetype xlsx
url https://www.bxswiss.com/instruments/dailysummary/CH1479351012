--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5853d3ba057241b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69a8bd31bedb40f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73978e947b854bfe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c8f911f19b54d0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rede1b79b9e804a91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73978e947b854bfe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c7dd0d2df094342" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c8f911f19b54d0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351012</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,845</x:t>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,815</x:t>
-[...6 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,845</x:t>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,795</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,805</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...288 lines deleted...]
-          <x:t>0,765</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,795</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>0,735</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>