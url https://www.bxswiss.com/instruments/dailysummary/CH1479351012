--- v1 (2025-11-21)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69a8bd31bedb40f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d9046c3507c4160" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c8f911f19b54d0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7dd8453c99a4dfc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c7dd0d2df094342" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c8f911f19b54d0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b8d6f90f9284363" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7dd8453c99a4dfc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351012</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,932</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>