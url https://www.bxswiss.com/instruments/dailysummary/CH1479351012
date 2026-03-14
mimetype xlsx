--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d9046c3507c4160" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3079092783a840e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7dd8453c99a4dfc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96682c8ca9bd4d57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b8d6f90f9284363" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7dd8453c99a4dfc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08eb2faa56164d77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96682c8ca9bd4d57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479351012</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,563</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...605 lines deleted...]
-          <x:t>0,429</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>