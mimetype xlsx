--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33487c16bc2c4548" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R142ba891502e47e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb32ccb1c155847bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12ce9cef3d95487c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43ca75ec8fff4de6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb32ccb1c155847bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f17a1424ff0446c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12ce9cef3d95487c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350998</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,835</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,795</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,835</x:t>
-[...4 lines deleted...]
-          <x:t>0,775</x:t>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,815</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>11.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,835</x:t>
-[...53 lines deleted...]
-          <x:t>0,795</x:t>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,775</x:t>
-[...97 lines deleted...]
-          <x:t>0,805</x:t>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,795</x:t>
-[...151 lines deleted...]
-          <x:t>0,795</x:t>
+          <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,745</x:t>
-        </x:is>
-[...192 lines deleted...]
-          <x:t>0,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>