--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R142ba891502e47e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7f85d7952374b12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12ce9cef3d95487c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad762c733ceb4270"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f17a1424ff0446c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12ce9cef3d95487c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc138b9ef8eeb4074" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad762c733ceb4270" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350998</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>0,715</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,685</x:t>
-[...566 lines deleted...]
-          <x:t>0,745</x:t>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>