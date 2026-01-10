--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7f85d7952374b12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebae16c4c0d84c5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad762c733ceb4270"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabb4a36459f24d9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc138b9ef8eeb4074" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad762c733ceb4270" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re59e102fb86341ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabb4a36459f24d9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350998</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>0,666</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,626</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>0,636</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>10.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,644</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,665</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,604</x:t>
-[...150 lines deleted...]
-        <x:is>
           <x:t>0,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>