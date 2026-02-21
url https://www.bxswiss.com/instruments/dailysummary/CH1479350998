--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebae16c4c0d84c5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4140ba0377241d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabb4a36459f24d9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42a367721fe949c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re59e102fb86341ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabb4a36459f24d9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf40a7ffd01f4cef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42a367721fe949c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350998</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...279 lines deleted...]
-          <x:t>0,520</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,496</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>0,507</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,459</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>06.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,452</x:t>
-[...43 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,441</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>0,427</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>