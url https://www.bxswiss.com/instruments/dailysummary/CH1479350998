--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4140ba0377241d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd46ec1ea02344d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42a367721fe949c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde296f4d32ac4283"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf40a7ffd01f4cef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42a367721fe949c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91f1c00d81b6449c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde296f4d32ac4283" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350998</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>0,440</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,447</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...300 lines deleted...]
-          <x:t>09.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,461</x:t>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,407</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.02.2026</x:t>
-[...235 lines deleted...]
-          <x:t>0,409</x:t>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>