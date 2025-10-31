--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R841cce195b724f51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra54751d03043478f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R200ed07559284068"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f478af20cf8454e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2538658dc5d42ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R200ed07559284068" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00bb8dcc885a46a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f478af20cf8454e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350980</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,845</x:t>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,835</x:t>
-[...91 lines deleted...]
-        <x:is>
           <x:t>0,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,795</x:t>
-[...53 lines deleted...]
-          <x:t>0,755</x:t>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,735</x:t>
-[...317 lines deleted...]
-        <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,685</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,655</x:t>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,645</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>03.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>06.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,655</x:t>
+          <x:t>0,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>