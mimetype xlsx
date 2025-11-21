--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra54751d03043478f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e6fcef5f55c4ca9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f478af20cf8454e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04ae414841274d69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00bb8dcc885a46a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f478af20cf8454e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e5c84e8626544fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04ae414841274d69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350980</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,705</x:t>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,725</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,765</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,725</x:t>
-[...593 lines deleted...]
-          <x:t>0,665</x:t>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>