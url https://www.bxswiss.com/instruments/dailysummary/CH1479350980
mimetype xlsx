--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e6fcef5f55c4ca9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8157cac5daf4e59" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04ae414841274d69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcaba3ce145534a9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e5c84e8626544fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04ae414841274d69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6727c053e04e4062" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcaba3ce145534a9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350980</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...527 lines deleted...]
-          <x:t>0,715</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,748</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>0,838</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>