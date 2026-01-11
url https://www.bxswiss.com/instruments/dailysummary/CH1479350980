--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8157cac5daf4e59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R666b60d55a1c4706" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcaba3ce145534a9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf11bbd4ce191405a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6727c053e04e4062" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcaba3ce145534a9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7396ad01927f4b37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf11bbd4ce191405a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350980</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>0,630</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,592</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>0,604</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,611</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,552</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>