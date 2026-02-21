--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R666b60d55a1c4706" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20d755631a7748dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf11bbd4ce191405a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc972749ae6a44707"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7396ad01927f4b37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf11bbd4ce191405a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2e65cd304e545c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc972749ae6a44707" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350980</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...323 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,434</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>06.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,428</x:t>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,428</x:t>
-[...80 lines deleted...]
-          <x:t>0,405</x:t>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>