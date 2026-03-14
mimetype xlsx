--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20d755631a7748dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ce9b88edbd54d44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc972749ae6a44707"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43f73c1b3a8540ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2e65cd304e545c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc972749ae6a44707" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ff4cf33b05241e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43f73c1b3a8540ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350980</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>0,500</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,503</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...203 lines deleted...]
-          <x:t>0,471</x:t>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,481</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>0,387</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>