--- v0 (2025-10-07)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0813e6d75a4e4da0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4008983ee2454622" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R297d0b8153db4e40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refeb654edc264571"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99b43a7d58cc41e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R297d0b8153db4e40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9accae99b24241a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refeb654edc264571" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350964</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>0,625</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>