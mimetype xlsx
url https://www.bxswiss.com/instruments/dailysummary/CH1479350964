--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4008983ee2454622" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9ce4c3192904a41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refeb654edc264571"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd8886dc1d0d418e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9accae99b24241a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refeb654edc264571" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18d17b8589854a88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd8886dc1d0d418e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350964</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>0,600</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,562</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,586</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...37 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,556</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>