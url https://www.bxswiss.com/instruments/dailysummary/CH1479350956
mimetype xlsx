--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39dff13e6c654b2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53be830ff9934191" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33e8667b8e9340ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd16d2ab4c45f414c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5408a2401e08461c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33e8667b8e9340ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re28011b708144303" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd16d2ab4c45f414c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350956</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,715</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,685</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>09.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,715</x:t>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,695</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,715</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,705</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>11.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,715</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,665</x:t>
-[...11 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,675</x:t>
-[...323 lines deleted...]
-          <x:t>0,685</x:t>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,615</x:t>
-[...16 lines deleted...]
-          <x:t>0,615</x:t>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>03.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,605</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,615</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,595</x:t>
-        </x:is>
-[...52 lines deleted...]
-          <x:t>0,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>