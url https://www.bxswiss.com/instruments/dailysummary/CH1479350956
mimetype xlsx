--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53be830ff9934191" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03b77d5342c441b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd16d2ab4c45f414c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43daf301ca4f4aaf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re28011b708144303" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd16d2ab4c45f414c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50f4964cde2748d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43daf301ca4f4aaf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350956</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,685</x:t>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,685</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,655</x:t>
-[...593 lines deleted...]
-          <x:t>0,595</x:t>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>