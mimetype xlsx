--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03b77d5342c441b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb57f0a5860df4b09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43daf301ca4f4aaf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R933a58cd7dc44952"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50f4964cde2748d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43daf301ca4f4aaf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R823c9ad16ae74e0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R933a58cd7dc44952" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350956</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...517 lines deleted...]
-          <x:t>0,655</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,645</x:t>
-[...75 lines deleted...]
-          <x:t>0,844</x:t>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,808</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>0,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>