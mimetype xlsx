--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb57f0a5860df4b09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23558f83e8544254" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R933a58cd7dc44952"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0de03163e3942fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R823c9ad16ae74e0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R933a58cd7dc44952" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bb0b55cf1914b20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0de03163e3942fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350956</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>0,566</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,554</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>0,544</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,528</x:t>
-[...177 lines deleted...]
-        <x:is>
           <x:t>0,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,556</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>0,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,497</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>