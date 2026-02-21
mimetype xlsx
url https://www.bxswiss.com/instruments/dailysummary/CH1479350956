--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23558f83e8544254" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45e6706d24264b28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0de03163e3942fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4eb52005472840ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bb0b55cf1914b20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0de03163e3942fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22b5979b8d1b476a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4eb52005472840ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350956</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...247 lines deleted...]
-          <x:t>0,438</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,420</x:t>
-[...65 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,400</x:t>
-[...31 lines deleted...]
-          <x:t>0,369</x:t>
+          <x:t>0,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,383</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,374</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,373</x:t>
-[...58 lines deleted...]
-          <x:t>0,366</x:t>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>