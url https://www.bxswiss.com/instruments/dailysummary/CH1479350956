--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45e6706d24264b28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra05e73e67e264ae5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4eb52005472840ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R038cd69264254705"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22b5979b8d1b476a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4eb52005472840ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c968cb5a63a4928" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R038cd69264254705" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350956</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>0,456</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,442</x:t>
-[...598 lines deleted...]
-          <x:t>0,347</x:t>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>