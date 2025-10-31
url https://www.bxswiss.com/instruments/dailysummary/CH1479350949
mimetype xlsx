--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R067d5daace524d3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cb16401a1f6432b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R385f9e67982449c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa22c3bbcb51482a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce2d64db85f84f1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R385f9e67982449c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d926dafaad44dfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa22c3bbcb51482a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350949</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,725</x:t>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,705</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>15.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,645</x:t>
-[...323 lines deleted...]
-          <x:t>0,655</x:t>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...32 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,575</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,585</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>