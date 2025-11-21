--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cb16401a1f6432b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re11de4698dba4d16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa22c3bbcb51482a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3522354745e141de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d926dafaad44dfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa22c3bbcb51482a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R497e3b0f1d6d445e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3522354745e141de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350949</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,625</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,655</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,625</x:t>
-[...593 lines deleted...]
-          <x:t>0,565</x:t>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>