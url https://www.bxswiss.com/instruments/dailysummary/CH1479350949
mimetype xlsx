--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re11de4698dba4d16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7b4a110be1b49d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3522354745e141de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47727276abbc401f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R497e3b0f1d6d445e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3522354745e141de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57ebc353a8d64b9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47727276abbc401f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350949</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...527 lines deleted...]
-          <x:t>0,615</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,644</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...100 lines deleted...]
-          <x:t>0,718</x:t>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>