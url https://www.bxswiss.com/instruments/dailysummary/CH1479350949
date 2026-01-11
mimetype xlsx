--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7b4a110be1b49d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3655e9de71d84011" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47727276abbc401f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7699bdd97ff04ab2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57ebc353a8d64b9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47727276abbc401f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39ee2f3eec3b49e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7699bdd97ff04ab2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350949</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>0,540</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,526</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>12.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,512</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>0,470</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>