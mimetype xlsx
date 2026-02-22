--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3655e9de71d84011" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red79036bc2ab4c68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7699bdd97ff04ab2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfde3d785c67d4038"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39ee2f3eec3b49e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7699bdd97ff04ab2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbf95d70fb1c4d1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfde3d785c67d4038" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350949</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...215 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,443</x:t>
-[...21 lines deleted...]
-          <x:t>0,412</x:t>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,398</x:t>
-[...65 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,380</x:t>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,360</x:t>
-[...11 lines deleted...]
-          <x:t>0,354</x:t>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,350</x:t>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>0,348</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>