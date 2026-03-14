--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red79036bc2ab4c68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21a7b4d23b82467d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfde3d785c67d4038"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3a7b80972304d7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbf95d70fb1c4d1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfde3d785c67d4038" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf08e54f962e4e17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3a7b80972304d7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350949</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>0,362</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,371</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,385</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,358</x:t>
-[...16 lines deleted...]
-          <x:t>0,366</x:t>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,351</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>0,444</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,434</x:t>
-[...21 lines deleted...]
-          <x:t>0,401</x:t>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,408</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>05.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,391</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...308 lines deleted...]
-          <x:t>0,329</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>