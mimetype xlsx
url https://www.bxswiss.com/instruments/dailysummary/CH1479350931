--- v0 (2025-10-06)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7073a24105cd42e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6ea93da969e415b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7cdb1928acf41e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bfff9573b884bcd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0d80d05aa6d49b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7cdb1928acf41e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd6bb3445d6044ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bfff9573b884bcd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350931</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,695</x:t>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,645</x:t>
-[...21 lines deleted...]
-          <x:t>0,615</x:t>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>09.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,645</x:t>
-[...35 lines deleted...]
-        <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>15.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,615</x:t>
-[...323 lines deleted...]
-          <x:t>0,625</x:t>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,555</x:t>
-[...16 lines deleted...]
-          <x:t>0,555</x:t>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,535</x:t>
-[...6 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>0,535</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>