--- v1 (2025-10-30)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6ea93da969e415b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6e9a17176954931" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bfff9573b884bcd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf60be653618944ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd6bb3445d6044ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bfff9573b884bcd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f031f9776de4604" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf60be653618944ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350931</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,545</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>