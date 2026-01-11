--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6e9a17176954931" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3abb41cf86846d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf60be653618944ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8a0d448376a4e2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f031f9776de4604" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf60be653618944ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6ee03387b0940b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8a0d448376a4e2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350931</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>0,556</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,544</x:t>
-[...43 lines deleted...]
-          <x:t>0,512</x:t>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,498</x:t>
-[...38 lines deleted...]
-          <x:t>0,490</x:t>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,474</x:t>
-[...177 lines deleted...]
-        <x:is>
           <x:t>0,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,500</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>