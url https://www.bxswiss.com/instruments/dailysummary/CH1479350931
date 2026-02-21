--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3abb41cf86846d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcee41f414894bbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8a0d448376a4e2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd49d59c6cd34e38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6ee03387b0940b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8a0d448376a4e2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ad5ff48e57d4696" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd49d59c6cd34e38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350931</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>0,452</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,464</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...256 lines deleted...]
-          <x:t>0,390</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,366</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>0,350</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,338</x:t>
-[...16 lines deleted...]
-          <x:t>0,336</x:t>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,332</x:t>
-[...85 lines deleted...]
-          <x:t>0,331</x:t>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>