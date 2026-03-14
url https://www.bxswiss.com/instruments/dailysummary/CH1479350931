--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcee41f414894bbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cd0eb37ea164c5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd49d59c6cd34e38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd317fa57f5434ab2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ad5ff48e57d4696" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd49d59c6cd34e38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0443b92f0e5d491a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd317fa57f5434ab2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350931</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,457</x:t>
-[...630 lines deleted...]
-          <x:t>0,313</x:t>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>