--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R295a136e160a4f95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raebd122982b94489" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf242ac9b3e5445d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29aa6287b5794df3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ba6706fc6dc4636" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf242ac9b3e5445d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e79413b0bfa465b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29aa6287b5794df3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350923</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,555</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>0,515</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>