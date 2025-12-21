--- v1 (2025-11-21)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raebd122982b94489" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8272deb0731f4740" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29aa6287b5794df3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc78cb74238df42ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e79413b0bfa465b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29aa6287b5794df3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b606aed88c645ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc78cb74238df42ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350923</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...539 lines deleted...]
-          <x:t>17.11.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,578</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...92 lines deleted...]
-          <x:t>0,648</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>