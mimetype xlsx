--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8272deb0731f4740" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbced89c49fea42d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc78cb74238df42ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac93a74ad7404ce7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b606aed88c645ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc78cb74238df42ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82519bb0619c49a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac93a74ad7404ce7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350923</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,610 +149,205 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>0,526</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,516</x:t>
-[...43 lines deleted...]
-          <x:t>0,486</x:t>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,454</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...143 lines deleted...]
-          <x:t>15.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,446</x:t>
-[...62 lines deleted...]
-        <x:is>
           <x:t>0,468</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,423</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>