--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbced89c49fea42d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8bd6a6df9704ec0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac93a74ad7404ce7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab9e8da4fb1044e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82519bb0619c49a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac93a74ad7404ce7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb756da9e8c6e49ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab9e8da4fb1044e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350923</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...306 lines deleted...]
-          <x:t>0,370</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,348</x:t>
-[...6 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,331</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,323</x:t>
-[...112 lines deleted...]
-          <x:t>0,315</x:t>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>