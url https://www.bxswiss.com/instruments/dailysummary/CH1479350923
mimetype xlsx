--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8bd6a6df9704ec0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dd4052e5de94150" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab9e8da4fb1044e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8443fe7808504897"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb756da9e8c6e49ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab9e8da4fb1044e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc30506a2ab174f75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8443fe7808504897" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350923</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,443</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,379</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...595 lines deleted...]
-          <x:t>0,299</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>