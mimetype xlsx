--- v0 (2025-10-07)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf54820ed42be4859" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R022ac05966154dd6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdde53ebc71364658"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddc381a76e3c4ee2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6367f4c46bce47a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdde53ebc71364658" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac9970e95f3e482e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddc381a76e3c4ee2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350915</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,625</x:t>
-[...4 lines deleted...]
-          <x:t>0,565</x:t>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,605</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,565</x:t>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,545</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,545</x:t>
-[...65 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,555</x:t>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,535</x:t>
-[...97 lines deleted...]
-          <x:t>0,555</x:t>
+          <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
-        </x:is>
-[...300 lines deleted...]
-          <x:t>0,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>