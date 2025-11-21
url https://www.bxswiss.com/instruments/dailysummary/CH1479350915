--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R022ac05966154dd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ea4f6a09ad24345" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddc381a76e3c4ee2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf36c2e8769134355"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac9970e95f3e482e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddc381a76e3c4ee2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9b8b12e0ccb48a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf36c2e8769134355" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350915</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,525</x:t>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...59 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,495</x:t>
-[...155 lines deleted...]
-        <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>0,505</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>15.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,545</x:t>
-[...333 lines deleted...]
-          <x:t>0,525</x:t>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>