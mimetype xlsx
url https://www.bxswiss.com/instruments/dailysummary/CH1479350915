--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ea4f6a09ad24345" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R020016f99ad3469f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf36c2e8769134355"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ea93448bc7b48fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9b8b12e0ccb48a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf36c2e8769134355" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f9afe21e2904f7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ea93448bc7b48fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350915</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...554 lines deleted...]
-          <x:t>0,544</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,596</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>0,616</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>