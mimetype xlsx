--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R020016f99ad3469f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5951a181ef8a4260" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ea93448bc7b48fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdff1ee9a85845bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f9afe21e2904f7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ea93448bc7b48fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R983ca5f183b247cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdff1ee9a85845bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350915</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>0,500</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,490</x:t>
-[...43 lines deleted...]
-          <x:t>0,460</x:t>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,432</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>0,442</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,447</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,460</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,417</x:t>
-[...150 lines deleted...]
-        <x:is>
           <x:t>0,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>