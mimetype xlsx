--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5951a181ef8a4260" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra462dd2d15ea49fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdff1ee9a85845bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9ea3598a23b4d27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R983ca5f183b247cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdff1ee9a85845bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R633504b4273e4ad3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9ea3598a23b4d27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350915</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>0,417</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,406</x:t>
-[...129 lines deleted...]
-          <x:t>0,378</x:t>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,352</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>0,324</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,308</x:t>
-[...43 lines deleted...]
-          <x:t>0,312</x:t>
+          <x:t>0,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,309</x:t>
-[...11 lines deleted...]
-          <x:t>0,310</x:t>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,301</x:t>
-[...31 lines deleted...]
-          <x:t>0,299</x:t>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>