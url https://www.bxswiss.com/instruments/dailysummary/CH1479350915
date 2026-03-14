--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra462dd2d15ea49fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f612bd57f4f4ea8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9ea3598a23b4d27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32ca1a33644b4b6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R633504b4273e4ad3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9ea3598a23b4d27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2691af775abb4b2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32ca1a33644b4b6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350915</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>0,308</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,311</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...64 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,315</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>28.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,332</x:t>
-[...139 lines deleted...]
-          <x:t>0,307</x:t>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,329</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,333</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...308 lines deleted...]
-          <x:t>0,283</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>