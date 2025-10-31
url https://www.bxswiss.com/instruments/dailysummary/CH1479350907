--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fcbb6e068374f9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R135b4d7830844cf0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f26d5643afb45fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ba01f86298643bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R510dc5f0dff64c8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f26d5643afb45fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2063e3ba7b9d4593" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ba01f86298643bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350907</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,618 +149,672 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,595</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,555</x:t>
-[...124 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,525</x:t>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,505</x:t>
-[...313 lines deleted...]
-          <x:t>0,535</x:t>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...62 lines deleted...]
-          <x:t>06.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>