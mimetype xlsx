--- v1 (2025-10-31)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R135b4d7830844cf0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39f1e97cab9245d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ba01f86298643bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc28406bd3375485a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2063e3ba7b9d4593" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ba01f86298643bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6be685e4b5749d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc28406bd3375485a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350907</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,465</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>