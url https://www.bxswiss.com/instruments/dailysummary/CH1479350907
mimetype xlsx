--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39f1e97cab9245d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae6602e9c2424bf6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc28406bd3375485a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29914d3cbbf94213"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6be685e4b5749d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc28406bd3375485a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a4e57e443204bcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29914d3cbbf94213" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350907</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...198 lines deleted...]
-          <x:t>0,389</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,360</x:t>
-[...16 lines deleted...]
-          <x:t>0,359</x:t>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,334</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...89 lines deleted...]
-          <x:t>05.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,291</x:t>
-[...16 lines deleted...]
-          <x:t>0,286</x:t>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,286</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>0,299</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>0,285</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>