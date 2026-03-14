--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae6602e9c2424bf6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32c309d93e3842d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29914d3cbbf94213"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2840274c4c3a4952"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a4e57e443204bcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29914d3cbbf94213" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra20225c31d2a494b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2840274c4c3a4952" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350907</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>0,296</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,305</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,316</x:t>
-[...43 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,347</x:t>
-[...414 lines deleted...]
-          <x:t>0,271</x:t>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>