--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd182347e01e443b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re659b86e8d7d48f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68460460b458457a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda4bbf12fae04746"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra50243bff8dc4ee6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68460460b458457a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc32d0c06c03a427d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda4bbf12fae04746" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350634</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,435</x:t>
-[...43 lines deleted...]
-          <x:t>0,485</x:t>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,435</x:t>
-[...517 lines deleted...]
-          <x:t>0,665</x:t>
+          <x:t>0,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>