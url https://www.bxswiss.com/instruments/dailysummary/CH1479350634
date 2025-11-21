--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re659b86e8d7d48f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rececc97bae2248a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda4bbf12fae04746"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ae87191208649cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc32d0c06c03a427d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda4bbf12fae04746" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a8a03541d9e4a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ae87191208649cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350634</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,415</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,415</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,565</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,555</x:t>
-[...70 lines deleted...]
-          <x:t>0,695</x:t>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,665</x:t>
-[...204 lines deleted...]
-        <x:is>
           <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,565</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,575</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>0,515</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>0,555</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,525</x:t>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>