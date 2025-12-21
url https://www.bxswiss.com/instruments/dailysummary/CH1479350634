--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rececc97bae2248a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39a2c05cf61f4997" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ae87191208649cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22ad99456b7f4331"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a8a03541d9e4a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ae87191208649cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4102bf716ca240ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22ad99456b7f4331" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350634</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...392 lines deleted...]
-          <x:t>0,375</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,405</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...148 lines deleted...]
-          <x:t>0,458</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,366</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,378</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>0,296</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>