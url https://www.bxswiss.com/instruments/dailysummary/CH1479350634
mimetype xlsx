--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39a2c05cf61f4997" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a70ab6ffe704913" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22ad99456b7f4331"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37e0a71f4f51454b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4102bf716ca240ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22ad99456b7f4331" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfecea23282824518" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37e0a71f4f51454b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350634</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...149 lines deleted...]
-          <x:t>0,290</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,332</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,332</x:t>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,344</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,330</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,354</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,336</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,276</x:t>
-[...178 lines deleted...]
-          <x:t>0,406</x:t>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,372</x:t>
-[...193 lines deleted...]
-          <x:t>0,373</x:t>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>