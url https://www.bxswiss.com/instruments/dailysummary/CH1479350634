--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a70ab6ffe704913" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70bd6e89b2da4d4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37e0a71f4f51454b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ceb7747a3824343"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfecea23282824518" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37e0a71f4f51454b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e24c59e9cb44a56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ceb7747a3824343" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350634</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,406</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>0,466</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,417</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...370 lines deleted...]
-          <x:t>0,665</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>