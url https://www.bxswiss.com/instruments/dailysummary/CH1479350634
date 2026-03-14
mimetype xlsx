--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70bd6e89b2da4d4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb718209a7b8641da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ceb7747a3824343"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R407a56a13be14545"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e24c59e9cb44a56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ceb7747a3824343" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ee0fa6611554d75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R407a56a13be14545" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350634</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>0,467</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,455</x:t>
-[...65 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,520</x:t>
-[...70 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,333</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...416 lines deleted...]
-          <x:t>0,521</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>