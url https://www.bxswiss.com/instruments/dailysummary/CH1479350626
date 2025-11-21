--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eb5cc3e4a2745d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c6c64160b5640aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95bc81eb53694264"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a8a0d9fb7a54562"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5880ce946284eea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95bc81eb53694264" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78458243019d4f4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a8a0d9fb7a54562" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350626</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,455</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,515</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>0,735</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,695</x:t>
-[...141 lines deleted...]
-          <x:t>14.10.2025</x:t>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,695</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,595</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,605</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>0,585</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,555</x:t>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>