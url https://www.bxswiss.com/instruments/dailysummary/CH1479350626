--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c6c64160b5640aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb70919767c0e449e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a8a0d9fb7a54562"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05f671a16b5e4290"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78458243019d4f4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a8a0d9fb7a54562" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c2abb41c94d4aa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05f671a16b5e4290" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350626</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...306 lines deleted...]
-          <x:t>0,505</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...239 lines deleted...]
-          <x:t>0,386</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,400</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>0,312</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>