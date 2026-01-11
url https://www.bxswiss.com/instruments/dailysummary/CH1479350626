--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb70919767c0e449e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c44398abc28431a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05f671a16b5e4290"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e1e8fb2c200469b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c2abb41c94d4aa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05f671a16b5e4290" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R166c09a961b148c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e1e8fb2c200469b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350626</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>0,352</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,366</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.11.2025</x:t>
-[...68 lines deleted...]
-          <x:t>0,314</x:t>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,348</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>0,410</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,406</x:t>
-[...220 lines deleted...]
-          <x:t>0,397</x:t>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>