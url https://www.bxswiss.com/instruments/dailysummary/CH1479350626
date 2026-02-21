--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c44398abc28431a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e42649927ec40b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e1e8fb2c200469b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7d1365e06034ffb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R166c09a961b148c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e1e8fb2c200469b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf10f48e9a0a04964" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7d1365e06034ffb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350626</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,436</x:t>
-[...58 lines deleted...]
-          <x:t>0,428</x:t>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,443</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>0,706</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>