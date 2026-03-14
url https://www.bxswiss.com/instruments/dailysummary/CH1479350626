--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e42649927ec40b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R925a982d062f4096" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7d1365e06034ffb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19c984742dc64c35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf10f48e9a0a04964" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7d1365e06034ffb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1947b65310d0438d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19c984742dc64c35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350626</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,485</x:t>
-[...21 lines deleted...]
-          <x:t>0,500</x:t>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,486</x:t>
-[...21 lines deleted...]
-          <x:t>0,532</x:t>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>0,511</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,497</x:t>
-[...453 lines deleted...]
-          <x:t>0,479</x:t>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>