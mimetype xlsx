--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ff4a34194a4458f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98cef7e628974bc1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d2b631f33154d4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6c0e592c61042e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bf902b24ec447d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d2b631f33154d4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5e93f5b5e674cf5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6c0e592c61042e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350618</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,545</x:t>
-[...21 lines deleted...]
-          <x:t>0,545</x:t>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,485</x:t>
-[...421 lines deleted...]
-          <x:t>0,515</x:t>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,625</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,485</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,625</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,795</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,765</x:t>
-[...80 lines deleted...]
-          <x:t>0,745</x:t>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>