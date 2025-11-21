--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98cef7e628974bc1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c7e9dab9c704472" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6c0e592c61042e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc089d44419c64e09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5e93f5b5e674cf5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6c0e592c61042e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R028e2dc5ff024d45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc089d44419c64e09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350618</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,465</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,485</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,465</x:t>
-[...102 lines deleted...]
-          <x:t>0,775</x:t>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,735</x:t>
-[...204 lines deleted...]
-        <x:is>
           <x:t>0,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,625</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,635</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>0,575</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>0,615</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,595</x:t>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>