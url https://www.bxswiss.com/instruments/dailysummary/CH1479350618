--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c7e9dab9c704472" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4875189ef074779" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc089d44419c64e09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radc046ac9bf5426e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R028e2dc5ff024d45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc089d44419c64e09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7835d197f5064463" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radc046ac9bf5426e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350618</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...252 lines deleted...]
-          <x:t>0,595</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,545</x:t>
-[...124 lines deleted...]
-          <x:t>0,505</x:t>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,445</x:t>
-[...87 lines deleted...]
-          <x:t>13.11.2025</x:t>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,695</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...146 lines deleted...]
-          <x:t>0,332</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>