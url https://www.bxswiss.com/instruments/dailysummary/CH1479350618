--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4875189ef074779" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R185dc73a443c4e41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radc046ac9bf5426e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R217080577e4f4de4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7835d197f5064463" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radc046ac9bf5426e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R644148e6ebfc4b83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R217080577e4f4de4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350618</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,434</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,406</x:t>
-[...16 lines deleted...]
-          <x:t>0,500</x:t>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>0,750</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>