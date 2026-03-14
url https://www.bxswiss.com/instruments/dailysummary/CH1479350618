--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R185dc73a443c4e41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R267e9ada18a04476" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R217080577e4f4de4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f0d40a100b74e6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R644148e6ebfc4b83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R217080577e4f4de4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29b8cdb418b142d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f0d40a100b74e6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350618</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>0,507</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,523</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,429</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>0,529</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,541</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>27.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,581</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>0,378</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,426</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>0,597</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>