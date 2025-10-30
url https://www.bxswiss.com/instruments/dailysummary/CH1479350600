--- v0 (2025-10-07)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53f0a26e6cca4739" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d1fd884a67549dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdefd4e24ec4447b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf373c6f93e264cc4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94b668db90fe4aeb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdefd4e24ec4447b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R460cd81cb31446f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf373c6f93e264cc4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350600</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,515</x:t>
-[...43 lines deleted...]
-          <x:t>0,575</x:t>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,515</x:t>
-[...517 lines deleted...]
-          <x:t>0,775</x:t>
+          <x:t>0,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>