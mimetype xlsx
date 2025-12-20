--- v1 (2025-10-30)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d1fd884a67549dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f425b5c8daa4c8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf373c6f93e264cc4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10fd3b85e52d4214"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R460cd81cb31446f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf373c6f93e264cc4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ff4888b1a7347fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10fd3b85e52d4214" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350600</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,625</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>