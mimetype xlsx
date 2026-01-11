--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f425b5c8daa4c8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b79c61531bd4765" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10fd3b85e52d4214"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R896a2b87a7f04900"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ff4888b1a7347fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10fd3b85e52d4214" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18116f9dbd9f47ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R896a2b87a7f04900" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350600</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>0,346</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,396</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>27.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,426</x:t>
-[...441 lines deleted...]
-          <x:t>0,451</x:t>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>