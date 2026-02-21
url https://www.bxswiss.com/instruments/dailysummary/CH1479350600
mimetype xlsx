--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b79c61531bd4765" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75a3f824aea0455d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R896a2b87a7f04900"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b58b84c5a4241b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18116f9dbd9f47ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R896a2b87a7f04900" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca901ad8aeba488b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b58b84c5a4241b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350600</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,486</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,447</x:t>
-[...53 lines deleted...]
-          <x:t>0,484</x:t>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,499</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...246 lines deleted...]
-          <x:t>05.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,610</x:t>
-[...117 lines deleted...]
-          <x:t>0,796</x:t>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>