--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75a3f824aea0455d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e96570424ed4375" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b58b84c5a4241b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R845235449d124510"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca901ad8aeba488b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b58b84c5a4241b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff3c5f492a464e79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R845235449d124510" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350600</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>0,538</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,559</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>22.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,607</x:t>
-[...26 lines deleted...]
-          <x:t>0,605</x:t>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,577</x:t>
-[...38 lines deleted...]
-          <x:t>0,620</x:t>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,560</x:t>
-[...75 lines deleted...]
-          <x:t>0,479</x:t>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,454</x:t>
-[...404 lines deleted...]
-          <x:t>0,637</x:t>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>