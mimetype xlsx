--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bc65b7d1654469c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88e7469d07f34e7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R273e4aad8c564acc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b2ecda84edc4c7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4bbba5af8084b3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R273e4aad8c564acc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdaaa105762e045dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b2ecda84edc4c7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350592</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,545</x:t>
-[...43 lines deleted...]
-          <x:t>0,605</x:t>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,545</x:t>
-[...517 lines deleted...]
-          <x:t>0,815</x:t>
+          <x:t>0,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>