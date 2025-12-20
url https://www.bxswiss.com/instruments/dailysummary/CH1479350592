--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88e7469d07f34e7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dce3cfae5ef41f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b2ecda84edc4c7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c1d7b6401784f50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdaaa105762e045dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b2ecda84edc4c7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e3c43d9c6274243" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c1d7b6401784f50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350592</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,655</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>