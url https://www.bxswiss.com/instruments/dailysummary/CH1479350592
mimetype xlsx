--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dce3cfae5ef41f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52d78bd4420b4222" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c1d7b6401784f50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8ccbd3e67044d27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e3c43d9c6274243" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c1d7b6401784f50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb97d92f242ef416c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8ccbd3e67044d27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350592</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...269 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,436</x:t>
-[...26 lines deleted...]
-          <x:t>0,458</x:t>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,446</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>0,459</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>0,496</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,460</x:t>
-[...80 lines deleted...]
-          <x:t>0,480</x:t>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>