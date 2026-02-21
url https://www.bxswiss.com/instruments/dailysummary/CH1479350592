--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52d78bd4420b4222" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5849288ea4ad4d5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8ccbd3e67044d27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a1c17944bdc44b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb97d92f242ef416c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8ccbd3e67044d27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffe51ce65fab41d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a1c17944bdc44b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350592</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,560</x:t>
-[...26 lines deleted...]
-          <x:t>0,593</x:t>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,530</x:t>
-[...11 lines deleted...]
-          <x:t>0,553</x:t>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,491</x:t>
-[...355 lines deleted...]
-          <x:t>0,844</x:t>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>