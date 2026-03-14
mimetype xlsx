--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5849288ea4ad4d5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dc9ac0ce13e4122" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a1c17944bdc44b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3e1fc2e96b0466d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffe51ce65fab41d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a1c17944bdc44b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5060cfad01b4e62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3e1fc2e96b0466d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350592</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,646</x:t>
-[...16 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>0,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,601</x:t>
-[...544 lines deleted...]
-          <x:t>0,681</x:t>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>