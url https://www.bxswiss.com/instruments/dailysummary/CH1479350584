--- v0 (2025-10-07)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84d9059e8e944752" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45bcb1d463bc4b8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd516648c6564812"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R724094dc3f214b91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdba82ed1e3194ad2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd516648c6564812" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f59f3942cd74303" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R724094dc3f214b91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350584</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,565</x:t>
-[...43 lines deleted...]
-          <x:t>0,635</x:t>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,575</x:t>
-[...517 lines deleted...]
-          <x:t>0,865</x:t>
+          <x:t>0,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>