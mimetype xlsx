--- v1 (2025-10-30)
+++ v2 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45bcb1d463bc4b8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b76a03b3e9642f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R724094dc3f214b91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R933029f533fb4bd9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f59f3942cd74303" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R724094dc3f214b91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf7f4ac01cd24249" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R933029f533fb4bd9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350584</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,555</x:t>
-[...129 lines deleted...]
-          <x:t>0,905</x:t>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,865</x:t>
-[...259 lines deleted...]
-          <x:t>0,765</x:t>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,755</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>0,725</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,695</x:t>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>