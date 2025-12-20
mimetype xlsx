--- v2 (2025-11-20)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b76a03b3e9642f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cac27b1f74040aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R933029f533fb4bd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93fcd8c0ff954631"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf7f4ac01cd24249" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R933029f533fb4bd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R259fa98dfd844541" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93fcd8c0ff954631" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350584</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...522 lines deleted...]
-          <x:t>0,655</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,594</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>0,388</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>