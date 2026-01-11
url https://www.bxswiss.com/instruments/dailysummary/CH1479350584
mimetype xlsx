--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cac27b1f74040aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a39513157e7405f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93fcd8c0ff954631"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R437115f66dd24889"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R259fa98dfd844541" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93fcd8c0ff954631" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R675b118265684f62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R437115f66dd24889" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350584</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>0,422</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,388</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>0,490</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>0,542</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,516</x:t>
-[...269 lines deleted...]
-          <x:t>0,514</x:t>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>