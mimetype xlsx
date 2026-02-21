--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a39513157e7405f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9766b8415d144228" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R437115f66dd24889"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6869539fac5b47a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R675b118265684f62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R437115f66dd24889" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce05ee108a234e46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6869539fac5b47a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350584</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,548</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,505</x:t>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,524</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>0,598</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,627</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...256 lines deleted...]
-          <x:t>05.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,577</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>0,895</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>