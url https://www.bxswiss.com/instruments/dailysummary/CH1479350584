--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9766b8415d144228" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84cef75ab1fa4507" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6869539fac5b47a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40addc54de9b43e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce05ee108a234e46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6869539fac5b47a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5be9b66e189a4385" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40addc54de9b43e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350584</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,724</x:t>
-[...75 lines deleted...]
-          <x:t>0,648</x:t>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,642</x:t>
-[...134 lines deleted...]
-          <x:t>0,463</x:t>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,520</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>0,562</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,502</x:t>
-[...296 lines deleted...]
-          <x:t>0,727</x:t>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>