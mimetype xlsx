--- v0 (2025-10-07)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R383fc33820cb4d4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a82eaf35ed14a6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2102f204c7249b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfef0442b91544f2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raabb85c1573a4434" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2102f204c7249b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R602b65218971401c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfef0442b91544f2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350576</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,605</x:t>
-[...43 lines deleted...]
-          <x:t>0,665</x:t>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,605</x:t>
-[...517 lines deleted...]
-          <x:t>0,905</x:t>
+          <x:t>0,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>