--- v1 (2025-10-30)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a82eaf35ed14a6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf77b29526fdc45dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfef0442b91544f2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd306d0fac557426b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R602b65218971401c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfef0442b91544f2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c32e610eb594327" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd306d0fac557426b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350576</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,775</x:t>
-[...576 lines deleted...]
-          <x:t>0,735</x:t>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>