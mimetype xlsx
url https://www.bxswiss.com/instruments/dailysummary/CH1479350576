--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf77b29526fdc45dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69730646680f44fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd306d0fac557426b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57ca4747e1864d9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c32e610eb594327" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd306d0fac557426b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2aace7c2bdef43f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57ca4747e1864d9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350576</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...284 lines deleted...]
-          <x:t>0,424</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,464</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>04.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,516</x:t>
-[...134 lines deleted...]
-          <x:t>0,630</x:t>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,600</x:t>
-[...16 lines deleted...]
-          <x:t>0,667</x:t>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,595</x:t>
-[...21 lines deleted...]
-          <x:t>0,553</x:t>
+          <x:t>0,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,580</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...100 lines deleted...]
-          <x:t>0,546</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>