--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69730646680f44fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07af83c2615b4243" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57ca4747e1864d9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9789f4df5c5e4d8e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2aace7c2bdef43f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57ca4747e1864d9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb5235fecffd40be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9789f4df5c5e4d8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350576</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,586</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,536</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...315 lines deleted...]
-          <x:t>0,735</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,735</x:t>
-[...107 lines deleted...]
-          <x:t>0,948</x:t>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>