--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07af83c2615b4243" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R265a5c0ee2484b67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9789f4df5c5e4d8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03ca9b559c6e40a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb5235fecffd40be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9789f4df5c5e4d8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R098fa9f003a444a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03ca9b559c6e40a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350576</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>0,664</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,669</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>0,732</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,681</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,699</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>28.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,703</x:t>
-[...178 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,609</x:t>
-[...279 lines deleted...]
-          <x:t>0,775</x:t>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>