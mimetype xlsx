--- v0 (2025-10-31)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd24c28d383d43a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0034f40cca74bac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a583abca1024486"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R686c609399e7464e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5df02310fdd24b22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a583abca1024486" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbf526abd17a4b40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R686c609399e7464e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350568</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,685</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,615</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...622 lines deleted...]
-          <x:t>0,775</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>