--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0034f40cca74bac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d166e28fe474a4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R686c609399e7464e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9c4738aa83e404d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbf526abd17a4b40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R686c609399e7464e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7058d87bf2bf4b4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9c4738aa83e404d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350568</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>0,506</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,502</x:t>
-[...43 lines deleted...]
-          <x:t>0,506</x:t>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,416</x:t>
-[...178 lines deleted...]
-          <x:t>0,616</x:t>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,568</x:t>
-[...193 lines deleted...]
-          <x:t>0,581</x:t>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>