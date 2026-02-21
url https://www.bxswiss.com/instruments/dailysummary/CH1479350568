--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d166e28fe474a4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ce97d03b7e547a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9c4738aa83e404d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58c45fbc7f35409f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7058d87bf2bf4b4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9c4738aa83e404d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52aefaa3b999467b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58c45fbc7f35409f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350568</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,590</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>0,550</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,637</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...301 lines deleted...]
-          <x:t>0,793</x:t>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,768</x:t>
-[...85 lines deleted...]
-          <x:t>1,004</x:t>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>