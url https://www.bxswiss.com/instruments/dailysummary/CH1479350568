--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ce97d03b7e547a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54f68692a9fd48bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58c45fbc7f35409f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ad5cd821e7b4cd8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52aefaa3b999467b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58c45fbc7f35409f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55dffbdc156e4613" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ad5cd821e7b4cd8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350568</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>0,778</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,755</x:t>
-[...75 lines deleted...]
-          <x:t>0,724</x:t>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,747</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.01.2026</x:t>
-[...478 lines deleted...]
-          <x:t>0,827</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>