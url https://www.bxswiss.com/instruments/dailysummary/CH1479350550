--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a53ed2b8bd54e5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R497c397dafe644be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f6f5c9e067844db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1eb054460c96401d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a4acc8eac314feb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f6f5c9e067844db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f50b20c315d475e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1eb054460c96401d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,665</x:t>
-[...571 lines deleted...]
-          <x:t>1,005</x:t>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>