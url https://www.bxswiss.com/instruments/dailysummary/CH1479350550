--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R497c397dafe644be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2885acb4dbce4e05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1eb054460c96401d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cd3b67de987463d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f50b20c315d475e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1eb054460c96401d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94010ee64b0846a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cd3b67de987463d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,715</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,645</x:t>
-[...129 lines deleted...]
-          <x:t>1,045</x:t>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,005</x:t>
-[...183 lines deleted...]
-          <x:t>0,915</x:t>
+          <x:t>0,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,925</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,855</x:t>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,945</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>0,895</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,785</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...207 lines deleted...]
-          <x:t>0,845</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,815</x:t>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>