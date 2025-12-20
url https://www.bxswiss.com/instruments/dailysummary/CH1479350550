--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2885acb4dbce4e05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R511b10cbae5b40ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cd3b67de987463d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R720dbbd9fd954b92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94010ee64b0846a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cd3b67de987463d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4d6de3cdf1c480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R720dbbd9fd954b92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...387 lines deleted...]
-          <x:t>0,695</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,615</x:t>
-[...146 lines deleted...]
-          <x:t>0,702</x:t>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,570</x:t>
-[...85 lines deleted...]
-          <x:t>0,470</x:t>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>