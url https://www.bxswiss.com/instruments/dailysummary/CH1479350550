--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R511b10cbae5b40ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf34c47bcf0c540f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R720dbbd9fd954b92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R978a6f852eb9487b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4d6de3cdf1c480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R720dbbd9fd954b92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21e352e11b3e4870" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R978a6f852eb9487b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>0,532</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,552</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>04.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,580</x:t>
-[...306 lines deleted...]
-          <x:t>0,618</x:t>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>