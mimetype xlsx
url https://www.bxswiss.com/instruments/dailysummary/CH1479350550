--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf34c47bcf0c540f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R905977ab10ea4c02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R978a6f852eb9487b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recf6466d7b8d484c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21e352e11b3e4870" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R978a6f852eb9487b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7e033e91b48479b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recf6466d7b8d484c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,652</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,603</x:t>
-[...43 lines deleted...]
-          <x:t>0,715</x:t>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,650</x:t>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,671</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>1,063</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>