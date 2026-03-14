--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R905977ab10ea4c02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9132ecac11084f79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recf6466d7b8d484c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R239760a335634e4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7e033e91b48479b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recf6466d7b8d484c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13da95cfb3c24f1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R239760a335634e4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,864</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,735</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...62 lines deleted...]
-          <x:t>23.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,826</x:t>
-[...48 lines deleted...]
-          <x:t>0,842</x:t>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,859</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...492 lines deleted...]
-          <x:t>0,879</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>