--- v0 (2025-10-07)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaabf55c7f7445b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re61aa31201bf42ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22a195794c024ced"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16a954f07ee0467a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a3f153124e847d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22a195794c024ced" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77356e9fe7224dcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16a954f07ee0467a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350543</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>0,645</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,615</x:t>
-[...274 lines deleted...]
-          <x:t>1,055</x:t>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>