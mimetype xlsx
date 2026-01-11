--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re61aa31201bf42ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb45ed07c54ef43f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16a954f07ee0467a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29c01e4e4b8940f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77356e9fe7224dcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16a954f07ee0467a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47714b0d0b0b4493" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29c01e4e4b8940f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350543</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...215 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,618</x:t>
-[...414 lines deleted...]
-          <x:t>0,657</x:t>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>