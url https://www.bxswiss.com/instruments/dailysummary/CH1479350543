--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb45ed07c54ef43f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8066924ebd1745d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29c01e4e4b8940f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8204f2b7876243cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47714b0d0b0b4493" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29c01e4e4b8940f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8c01bf822c94464" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8204f2b7876243cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350543</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>0,639</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,670</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,625</x:t>
-[...323 lines deleted...]
-          <x:t>1,123</x:t>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>