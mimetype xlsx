--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8066924ebd1745d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R048e169d76b747f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8204f2b7876243cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2428fb913e41446a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8c01bf822c94464" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8204f2b7876243cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf736abfbfdb94564" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2428fb913e41446a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350543</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>0,911</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,780</x:t>
-[...161 lines deleted...]
-          <x:t>0,759</x:t>
+          <x:t>0,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,823</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>0,837</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,935</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>0,823</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,795</x:t>
-[...220 lines deleted...]
-          <x:t>0,935</x:t>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>