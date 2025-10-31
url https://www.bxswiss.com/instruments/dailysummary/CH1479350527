--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9181674c0b9e4fb2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdb63e33c31a40d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R836fe7b4dd0e4cd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d9eef909c6d4f13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea51f94526e2451e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R836fe7b4dd0e4cd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ca8e831c75f44c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d9eef909c6d4f13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350527</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,765</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,825</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>09.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,825</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>10.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,835</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>0,825</x:t>
-        </x:is>
-[...143 lines deleted...]
-          <x:t>1,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>