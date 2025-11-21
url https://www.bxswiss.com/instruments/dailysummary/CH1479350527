--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdb63e33c31a40d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16001fa20b0f4371" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d9eef909c6d4f13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R055395f349da4c51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ca8e831c75f44c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d9eef909c6d4f13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41b1f69677fc46bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R055395f349da4c51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350527</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,745</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,825</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,715</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,825</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>01.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,955</x:t>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,955</x:t>
-[...70 lines deleted...]
-          <x:t>1,155</x:t>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,105</x:t>
-[...222 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,875</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>0,935</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,905</x:t>
-[...26 lines deleted...]
-          <x:t>0,825</x:t>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>