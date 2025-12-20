--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16001fa20b0f4371" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd553fcddca834a4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R055395f349da4c51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c338fc59ce74910"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41b1f69677fc46bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R055395f349da4c51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7a32cad32874f19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c338fc59ce74910" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350527</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...549 lines deleted...]
-          <x:t>0,786</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,634</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,656</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>0,526</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>