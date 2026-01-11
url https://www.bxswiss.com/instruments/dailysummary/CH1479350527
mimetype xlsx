--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd553fcddca834a4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3292a47a0bdb4546" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c338fc59ce74910"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c0561d0ed634089"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7a32cad32874f19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c338fc59ce74910" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e3d5a0ded8c497d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c0561d0ed634089" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350527</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>0,600</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,620</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,616</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,596</x:t>
-[...182 lines deleted...]
-        <x:is>
           <x:t>0,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,694</x:t>
-[...220 lines deleted...]
-          <x:t>0,699</x:t>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>