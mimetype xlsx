--- v4 (2026-01-11)
+++ v5 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3292a47a0bdb4546" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39e563b5c7954658" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c0561d0ed634089"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c2acc831c7044e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e3d5a0ded8c497d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c0561d0ed634089" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ee87fc8c8fe4396" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c2acc831c7044e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350527</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,759</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>