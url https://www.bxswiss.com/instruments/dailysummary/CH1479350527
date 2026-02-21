--- v5 (2026-01-12)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39e563b5c7954658" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radd84279d4134fa9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c2acc831c7044e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ddc65f081454a1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ee87fc8c8fe4396" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c2acc831c7044e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redfe0cbf3dc74611" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ddc65f081454a1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350527</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,702</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,797</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...374 lines deleted...]
-          <x:t>1,166</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,109</x:t>
-[...26 lines deleted...]
-          <x:t>1,186</x:t>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>