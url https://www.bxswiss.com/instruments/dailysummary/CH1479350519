--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc22f241c9bc949ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R369663c5fba846d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5427c2997a5d44f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41676688207e4f1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e741dbc1e1d4b1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5427c2997a5d44f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6769a11feffc49ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41676688207e4f1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350519</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,925</x:t>
-[...576 lines deleted...]
-          <x:t>1,165</x:t>
+          <x:t>0,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>