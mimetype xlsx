--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R369663c5fba846d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R323d62e4a02d4e19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41676688207e4f1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf6e433156b44b6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6769a11feffc49ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41676688207e4f1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1fd6a0b5bfa4af5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf6e433156b44b6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350519</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,955</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>