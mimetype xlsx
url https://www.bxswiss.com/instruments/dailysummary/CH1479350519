--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R323d62e4a02d4e19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9d70cf0d9894d70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf6e433156b44b6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39ac801d3733460a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1fd6a0b5bfa4af5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf6e433156b44b6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R820edd8d65b44a72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39ac801d3733460a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350519</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,586</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,536</x:t>
-[...377 lines deleted...]
-          <x:t>0,710</x:t>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,734</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...153 lines deleted...]
-          <x:t>0,677</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,702</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...47 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,723</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>0,743</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>