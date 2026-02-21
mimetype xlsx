--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9d70cf0d9894d70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R163a0b58c51f45cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39ac801d3733460a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d2d2fca255042c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R820edd8d65b44a72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39ac801d3733460a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf74a311ed41a4011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d2d2fca255042c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350519</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>0,833</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,745</x:t>
-[...318 lines deleted...]
-          <x:t>1,230</x:t>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,171</x:t>
-[...26 lines deleted...]
-          <x:t>1,253</x:t>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>