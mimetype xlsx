--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R163a0b58c51f45cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raecb918af5f44984" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d2d2fca255042c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26c045e3aba544d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf74a311ed41a4011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d2d2fca255042c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re442ecff95d74422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26c045e3aba544d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350519</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>0,922</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,943</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,941</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,914</x:t>
-[...291 lines deleted...]
-          <x:t>0,973</x:t>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,899</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>0,953</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,913</x:t>
-[...87 lines deleted...]
-          <x:t>19.02.2026</x:t>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,033</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>1,055</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>