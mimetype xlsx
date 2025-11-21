--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32066ff2d0744865" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c6a7404955a4305" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc39c2a71591b4ea2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0d491bde48842b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R864db991f71e4e98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc39c2a71591b4ea2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7902125d1c914b20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0d491bde48842b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350501</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,885</x:t>
-[...134 lines deleted...]
-          <x:t>1,265</x:t>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,215</x:t>
-[...183 lines deleted...]
-          <x:t>1,115</x:t>
+          <x:t>1,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,965</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>1,035</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,995</x:t>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>