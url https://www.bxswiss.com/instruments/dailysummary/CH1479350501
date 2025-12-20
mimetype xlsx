--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c6a7404955a4305" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R101d99bde341480c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0d491bde48842b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re290c825a5354b3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7902125d1c914b20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0d491bde48842b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54dfedb5bded46f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re290c825a5354b3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350501</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...365 lines deleted...]
-          <x:t>0,815</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,825</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.11.2025</x:t>
-[...262 lines deleted...]
-          <x:t>0,590</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>