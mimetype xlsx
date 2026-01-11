--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R101d99bde341480c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a894c2e5a2b416c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re290c825a5354b3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree17947aad7c4ac7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54dfedb5bded46f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re290c825a5354b3e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f9267f96dff4c6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree17947aad7c4ac7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350501</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>0,668</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,710</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...231 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,738</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,819</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,842</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>0,790</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>