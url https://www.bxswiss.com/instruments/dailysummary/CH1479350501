--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a894c2e5a2b416c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0326ebf67da84532" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree17947aad7c4ac7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24231f2dadbe46ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f9267f96dff4c6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree17947aad7c4ac7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra826b1618e564a68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24231f2dadbe46ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350501</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>0,796</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,747</x:t>
-[...195 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,043</x:t>
-[...117 lines deleted...]
-          <x:t>1,318</x:t>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>