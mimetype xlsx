--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0326ebf67da84532" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5178b4eb20904cb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24231f2dadbe46ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02cff67785a94c5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra826b1618e564a68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24231f2dadbe46ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42798387e07442a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02cff67785a94c5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350501</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,961</x:t>
-[...43 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,989</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>0,729</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,957</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,729</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,923</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...248 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,021</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>1,095</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,989</x:t>
-[...31 lines deleted...]
-          <x:t>1,119</x:t>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>