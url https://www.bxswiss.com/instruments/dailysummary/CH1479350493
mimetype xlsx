--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3efb0d3e684e49a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R304e8a9fea4743d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19ff59678080407c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0864c5ff34fc4244"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92cfff9dfe8f4659" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19ff59678080407c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b8649bbf707426b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0864c5ff34fc4244" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350493</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,865</x:t>
-[...475 lines deleted...]
-          <x:t>0,915</x:t>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,885</x:t>
+          <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,115</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...73 lines deleted...]
-          <x:t>1,275</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>