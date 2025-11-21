--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R304e8a9fea4743d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59a2036ca5f54110" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0864c5ff34fc4244"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83ef24c25207463c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b8649bbf707426b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0864c5ff34fc4244" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26e89e89aed74afe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83ef24c25207463c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350493</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,925</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,845</x:t>
-[...323 lines deleted...]
-          <x:t>1,165</x:t>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,185</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,015</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>1,085</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,055</x:t>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>