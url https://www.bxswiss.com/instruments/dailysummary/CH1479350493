--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59a2036ca5f54110" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26f418610dac4a2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83ef24c25207463c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fd17f1076b04fdf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26e89e89aed74afe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83ef24c25207463c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6c0da3f3dab4318" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fd17f1076b04fdf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350493</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...252 lines deleted...]
-          <x:t>1,055</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,965</x:t>
-[...377 lines deleted...]
-          <x:t>0,624</x:t>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>