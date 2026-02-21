--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26f418610dac4a2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80a1ecb0d35649ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fd17f1076b04fdf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refc5d59249c24f54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6c0da3f3dab4318" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fd17f1076b04fdf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4b8c31afbb94340" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refc5d59249c24f54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350493</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,833</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,782</x:t>
-[...246 lines deleted...]
-        <x:is>
           <x:t>0,809</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>1,390</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>