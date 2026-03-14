--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80a1ecb0d35649ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R697fce2d29ca413a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refc5d59249c24f54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b61710af0934710"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4b8c31afbb94340" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refc5d59249c24f54" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22c1cd7ea8904628" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b61710af0934710" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350493</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,019</x:t>
-[...102 lines deleted...]
-          <x:t>1,127</x:t>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,031</x:t>
-[...107 lines deleted...]
-          <x:t>0,775</x:t>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,979</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>0,943</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,925</x:t>
-[...269 lines deleted...]
-          <x:t>1,185</x:t>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>