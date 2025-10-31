--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R072c2668a47a441d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5d12211de7945bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8747bd016cae4eec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdba9e5e37e324900"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc903585ea3544ee7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8747bd016cae4eec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3d5374e29624427" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdba9e5e37e324900" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350477</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,065</x:t>
-[...16 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>1,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,015</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>1,025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...396 lines deleted...]
-          <x:t>0,965</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,165</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,935</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,165</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>1,335</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>