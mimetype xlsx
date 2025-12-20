--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5d12211de7945bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R180f0a9590fb487f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdba9e5e37e324900"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32c471a4a6aa496a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3d5374e29624427" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdba9e5e37e324900" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9ae37fa45ae4b77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32c471a4a6aa496a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350477</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1,105</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>