--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R180f0a9590fb487f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc52a535abc7743e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32c471a4a6aa496a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R882103dfd6dd42ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9ae37fa45ae4b77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32c471a4a6aa496a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82435dcaf2964a6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R882103dfd6dd42ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350477</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>0,754</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,748</x:t>
-[...436 lines deleted...]
-          <x:t>0,886</x:t>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>