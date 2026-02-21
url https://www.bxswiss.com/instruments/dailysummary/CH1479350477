--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc52a535abc7743e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76d765af15724300" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R882103dfd6dd42ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d85b6fa42cb46db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82435dcaf2964a6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R882103dfd6dd42ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9bf547d0a6a418f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d85b6fa42cb46db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350477</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,984</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...212 lines deleted...]
-          <x:t>0,835</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,835</x:t>
-[...139 lines deleted...]
-          <x:t>1,462</x:t>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>