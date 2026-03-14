--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76d765af15724300" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9155bfc88b5d4eac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d85b6fa42cb46db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde93fe71d46046ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9bf547d0a6a418f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d85b6fa42cb46db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10528bdf1b624ad7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde93fe71d46046ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350477</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,207</x:t>
-[...630 lines deleted...]
-          <x:t>1,253</x:t>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>