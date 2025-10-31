--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2238c16c5c3a4be9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1351f98f8214af3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4d6dc9dd9b646af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f42712b45824740"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73abbdb4e4224d25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4d6dc9dd9b646af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re466b46ff2054b50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f42712b45824740" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350469</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,115</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,955</x:t>
-[...11 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>1,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,065</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>1,075</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...396 lines deleted...]
-          <x:t>1,015</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,975</x:t>
+          <x:t>1,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,225</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...73 lines deleted...]
-          <x:t>1,395</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>