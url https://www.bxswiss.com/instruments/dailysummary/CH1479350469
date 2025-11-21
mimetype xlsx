--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1351f98f8214af3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc19ca7f0de7d4e5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f42712b45824740"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8018bb2bd274488"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re466b46ff2054b50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f42712b45824740" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R622f195c531c4a87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8018bb2bd274488" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350469</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,035</x:t>
-[...70 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,295</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...541 lines deleted...]
-          <x:t>1,205</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,155</x:t>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>