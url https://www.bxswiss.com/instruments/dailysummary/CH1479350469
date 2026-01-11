--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc19ca7f0de7d4e5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63fc2c4fa4ed4de1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8018bb2bd274488"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29de0be108d8401e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R622f195c531c4a87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8018bb2bd274488" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cfc8e78dc074942" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29de0be108d8401e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350469</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...296 lines deleted...]
-          <x:t>04.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,005</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,065</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,055</x:t>
-[...75 lines deleted...]
-          <x:t>0,835</x:t>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.11.2025</x:t>
-[...235 lines deleted...]
-          <x:t>0,698</x:t>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>