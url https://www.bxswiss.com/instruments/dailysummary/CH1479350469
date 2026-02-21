--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63fc2c4fa4ed4de1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re53d889a834345c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29de0be108d8401e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e2236ed3c3d4555"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cfc8e78dc074942" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29de0be108d8401e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2155d133234d4445" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e2236ed3c3d4555" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350469</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...323 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,231</x:t>
-[...117 lines deleted...]
-          <x:t>1,540</x:t>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>