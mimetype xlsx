--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re53d889a834345c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R936bcbb51bbe4c4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e2236ed3c3d4555"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2deb88e1afc94bfb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2155d133234d4445" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e2236ed3c3d4555" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5264c01f2ef04e3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2deb88e1afc94bfb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350469</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,140</x:t>
-[...21 lines deleted...]
-          <x:t>1,185</x:t>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,147</x:t>
-[...119 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,124</x:t>
-[...441 lines deleted...]
-          <x:t>1,325</x:t>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>