--- v0 (2025-10-07)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda84c1c41d644d2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5f2c39b1f964803" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70063bb4e05d452d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1aa9311046444710"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reee36479eb2f4575" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70063bb4e05d452d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69cae0c10a2a40b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1aa9311046444710" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350444</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,165</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,005</x:t>
-[...11 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>1,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...450 lines deleted...]
-          <x:t>1,065</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,035</x:t>
+          <x:t>1,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,285</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,555</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,505</x:t>
-[...53 lines deleted...]
-          <x:t>1,465</x:t>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>