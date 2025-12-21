--- v1 (2025-10-30)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5f2c39b1f964803" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94a2161229244f6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1aa9311046444710"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e549d3c878d4e90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69cae0c10a2a40b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1aa9311046444710" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32ca543430fe4224" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e549d3c878d4e90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350444</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1,215</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>