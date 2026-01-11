--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94a2161229244f6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7529353bcd0e487f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e549d3c878d4e90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20548f43a8824856"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32ca543430fe4224" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e549d3c878d4e90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45f89501beba4ed9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20548f43a8824856" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350444</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>0,834</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,866</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.11.2025</x:t>
-[...171 lines deleted...]
-          <x:t>1,004</x:t>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,972</x:t>
-[...156 lines deleted...]
-          <x:t>0,905</x:t>
+          <x:t>1,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,938</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>0,995</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>