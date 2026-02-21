--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7529353bcd0e487f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7a90268717a4c11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20548f43a8824856"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37519a60b78a4383"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45f89501beba4ed9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20548f43a8824856" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb0ce9c80f684406" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37519a60b78a4383" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350444</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,030</x:t>
-[...26 lines deleted...]
-          <x:t>1,109</x:t>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,060</x:t>
-[...276 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,296</x:t>
-[...117 lines deleted...]
-          <x:t>1,618</x:t>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>