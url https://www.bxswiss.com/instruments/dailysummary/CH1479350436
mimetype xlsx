--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9fbcfa0a1f548e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbc826f0306d45a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reec93b8d8fb447b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdcbd19a5a8f46f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe5d127801f44d9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reec93b8d8fb447b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a704ee0f3cc4989" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdcbd19a5a8f46f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350436</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,175</x:t>
+          <x:t>1,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,175</x:t>
-[...38 lines deleted...]
-          <x:t>1,155</x:t>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,185</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...396 lines deleted...]
-          <x:t>1,125</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,085</x:t>
+          <x:t>1,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,345</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...100 lines deleted...]
-          <x:t>1,545</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>