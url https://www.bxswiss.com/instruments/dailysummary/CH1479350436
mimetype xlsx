--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbc826f0306d45a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3892ac018124f9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdcbd19a5a8f46f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b82eb8750d94fd1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a704ee0f3cc4989" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdcbd19a5a8f46f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2b1c103946d4010" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b82eb8750d94fd1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350436</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,145</x:t>
-[...134 lines deleted...]
-          <x:t>1,595</x:t>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,535</x:t>
-[...183 lines deleted...]
-          <x:t>1,405</x:t>
+          <x:t>1,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...279 lines deleted...]
-          <x:t>1,325</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,275</x:t>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>