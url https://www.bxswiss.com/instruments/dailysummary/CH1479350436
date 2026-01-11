--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3892ac018124f9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdce7eececd2149ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b82eb8750d94fd1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re43ab177277a4b6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2b1c103946d4010" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b82eb8750d94fd1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7b879ab00c44752" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re43ab177277a4b6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350436</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...41 lines deleted...]
-          <x:t>1,335</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,435</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>0,778</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>