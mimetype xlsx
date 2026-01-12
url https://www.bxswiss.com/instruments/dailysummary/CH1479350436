--- v3 (2026-01-11)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdce7eececd2149ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48f7072b3e3a4bfb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re43ab177277a4b6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e72957165a44c73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7b879ab00c44752" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re43ab177277a4b6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6985862b3afd419f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e72957165a44c73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350436</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,118</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>