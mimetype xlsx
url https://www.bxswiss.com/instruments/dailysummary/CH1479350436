--- v4 (2026-01-12)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48f7072b3e3a4bfb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc69151ce74c4802" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e72957165a44c73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R440e53958b1d4d56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6985862b3afd419f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e72957165a44c73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ab6b074b70b404e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R440e53958b1d4d56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350436</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,036</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,167</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>15.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,163</x:t>
-[...247 lines deleted...]
-          <x:t>1,175</x:t>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,363</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>1,698</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>