--- v0 (2025-10-07)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf9fc20224454d2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb8c039b710a46cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97b808605dc74d1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0374b2e84ebb4f61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c33488d83154df4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97b808605dc74d1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R060dec2c820a4bf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0374b2e84ebb4f61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350410</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,285</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,105</x:t>
-[...11 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>1,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,235</x:t>
-        </x:is>
-[...548 lines deleted...]
-          <x:t>1,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>