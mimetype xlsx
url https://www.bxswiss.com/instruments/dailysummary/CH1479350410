--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb8c039b710a46cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c8da143efd144c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0374b2e84ebb4f61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd3714a06efd41c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R060dec2c820a4bf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0374b2e84ebb4f61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdff3257cfbf14340" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd3714a06efd41c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350410</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,125</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,235</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,225</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,415</x:t>
+          <x:t>05.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,415</x:t>
-[...6 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,485</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...357 lines deleted...]
-          <x:t>1,395</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,505</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...175 lines deleted...]
-          <x:t>1,385</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,335</x:t>
-[...26 lines deleted...]
-          <x:t>1,235</x:t>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>