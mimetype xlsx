--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c8da143efd144c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08d8a1fb7bf44ced" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd3714a06efd41c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf04d0d31d9e84469"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdff3257cfbf14340" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd3714a06efd41c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf289f27d54654090" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf04d0d31d9e84469" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350410</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>1,305</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,455</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>0,822</x:t>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>