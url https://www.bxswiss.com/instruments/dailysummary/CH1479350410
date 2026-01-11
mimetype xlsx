--- v3 (2026-01-11)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08d8a1fb7bf44ced" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10d271ef7a554a90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf04d0d31d9e84469"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50619e78f7b54956"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf289f27d54654090" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf04d0d31d9e84469" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R009da69097a54bc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50619e78f7b54956" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350410</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,179</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>