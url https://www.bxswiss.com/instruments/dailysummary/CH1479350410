--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10d271ef7a554a90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda44d7cb310342ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50619e78f7b54956"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra28072c24d944445"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R009da69097a54bc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50619e78f7b54956" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcec49159f8d74875" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra28072c24d944445" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350410</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>1,239</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,294</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>1,781</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>