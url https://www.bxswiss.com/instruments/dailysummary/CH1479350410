--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda44d7cb310342ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49bdd27d55b148ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra28072c24d944445"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3df63d43a20f43a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcec49159f8d74875" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra28072c24d944445" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3f7b82979db4c56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3df63d43a20f43a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350410</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>1,290</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,355</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...441 lines deleted...]
-          <x:t>1,587</x:t>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,315</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>1,439</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>1,555</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>