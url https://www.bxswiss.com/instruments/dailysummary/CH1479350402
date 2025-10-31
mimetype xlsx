--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ae9e8b56e54473d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56bb8ce0d12e4bde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra83768485c4541a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R823b9f6cc2c74c08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf587d185a48e4d15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra83768485c4541a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf03662d7f5a24af9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R823b9f6cc2c74c08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350402</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,345</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,155</x:t>
-[...16 lines deleted...]
-          <x:t>1,245</x:t>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,295</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...450 lines deleted...]
-          <x:t>1,235</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,195</x:t>
+          <x:t>1,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,475</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...73 lines deleted...]
-          <x:t>1,675</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>