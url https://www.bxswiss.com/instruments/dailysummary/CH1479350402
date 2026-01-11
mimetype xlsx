--- v1 (2025-10-31)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56bb8ce0d12e4bde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6b06d18e2e54c9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R823b9f6cc2c74c08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2282b68bbc79411f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf03662d7f5a24af9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R823b9f6cc2c74c08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1884b1a576d4848" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2282b68bbc79411f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350402</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,255</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,145</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...622 lines deleted...]
-          <x:t>1,395</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>