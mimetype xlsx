--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6b06d18e2e54c9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cd960c4e85246f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2282b68bbc79411f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77359e5d3bd2499c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1884b1a576d4848" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2282b68bbc79411f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c787052fc574fa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77359e5d3bd2499c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350402</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>1,152</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,294</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>1,311</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,509</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>1,868</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>