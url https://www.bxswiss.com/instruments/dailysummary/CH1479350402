--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cd960c4e85246f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d58a9954c7d4e42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77359e5d3bd2499c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rece1a8ddb116488b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c787052fc574fa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77359e5d3bd2499c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c03c7d547164906" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rece1a8ddb116488b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350402</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,411</x:t>
-[...26 lines deleted...]
-          <x:t>1,526</x:t>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,423</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>1,530</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,466</x:t>
-[...539 lines deleted...]
-          <x:t>1,639</x:t>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>